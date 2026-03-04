--- v0 (2025-10-16)
+++ v1 (2026-03-04)
@@ -10,1661 +10,1400 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="New Holdan Products" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="537" uniqueCount="537">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="450">
   <si>
     <t>ProdCode</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Short Description</t>
   </si>
   <si>
     <t>List Price</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Product Link</t>
   </si>
   <si>
     <t>Download Images</t>
   </si>
   <si>
-    <t>AOATOMXMMQR2</t>
+    <t>AOATOMSHGAV1</t>
   </si>
   <si>
     <t>Atomos</t>
   </si>
   <si>
-    <t>Cold Shoe Mount</t>
-[...71 lines deleted...]
-    <t>7-inch, 2200nit HDR video photo monitor with camera control and integrated wireless video receiver</t>
+    <t>Shogun AV-19</t>
+  </si>
+  <si>
+    <t>19-inch, 4K HDR DCI-P3 7RU rack-mounted monitor</t>
+  </si>
+  <si>
+    <t>£1699.00</t>
+  </si>
+  <si>
+    <t>0814164023382</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Atomos/shogun-av-19</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Atomos/HiRes/Atomos_ATOMSHGAV1_print.zip</t>
+  </si>
+  <si>
+    <t>AOATOMNJRW01</t>
+  </si>
+  <si>
+    <t>Ninja RAW</t>
+  </si>
+  <si>
+    <t>HDMI &amp; CFexpress 5-inch monitor-recorder with camera control</t>
   </si>
   <si>
     <t>£599.00</t>
   </si>
   <si>
-    <t>0814164023351</t>
-[...8 lines deleted...]
-    <t>BDO4GR</t>
+    <t>0814164023399</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Atomos/ninja-raw</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Atomos/HiRes/Atomos_ATOMNJRW01_print.zip</t>
+  </si>
+  <si>
+    <t>BDX130CASEKITB</t>
   </si>
   <si>
     <t>BirdDog</t>
   </si>
   <si>
-    <t>O4</t>
-[...26 lines deleted...]
-    <t>https://www.holdan.co.uk/BirdDog/x1-30-w</t>
+    <t>X1 30 Bundle</t>
+  </si>
+  <si>
+    <t>Bundle: 3x X1 30 Black | 1x KBD | 1x Custom protective foam</t>
+  </si>
+  <si>
+    <t>£3599.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/BirdDog/x1-30-bundle-b</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDX1-30B_print.zip</t>
+  </si>
+  <si>
+    <t>BDPLAYPRO</t>
+  </si>
+  <si>
+    <t>PLAY Pro</t>
+  </si>
+  <si>
+    <t>Professional compact NDI Decoder</t>
+  </si>
+  <si>
+    <t>£269.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/BirdDog/play-pro</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDPLAYPRO_print.zip</t>
+  </si>
+  <si>
+    <t>BDX130CASEKITW</t>
+  </si>
+  <si>
+    <t>Bundle: 3x X1 30 White | 1x KBD | 1x Custom protective foam</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/BirdDog/x1-30-bundle-w</t>
   </si>
   <si>
     <t>https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDX1-30W_print.zip</t>
   </si>
   <si>
-    <t>BDXLUB</t>
-[...53 lines deleted...]
-    <t>DATAHS1650T</t>
+    <t>BMDCINTDOCKPRO</t>
+  </si>
+  <si>
+    <t>Blackmagic Design</t>
+  </si>
+  <si>
+    <t>Camera ProDock</t>
+  </si>
+  <si>
+    <t>Transform your iPhone into a professional production camera</t>
+  </si>
+  <si>
+    <t>£229.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Blackmagic+Design/camera-prodock</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Blackmagic+Design/HiRes/Blackmagic-Design_CINTDOCKPRO_print.zip</t>
+  </si>
+  <si>
+    <t>DATAVOICETRX50</t>
   </si>
   <si>
     <t>Datavideo</t>
   </si>
   <si>
-    <t>HS-1650T</t>
-[...299 lines deleted...]
-    <t>LKBABLTTPCUK</t>
+    <t>VoiceTRX50</t>
+  </si>
+  <si>
+    <t>Voice Tracking Control Interface</t>
+  </si>
+  <si>
+    <t>£1274.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Datavideo/voicetrx50</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Datavideo/HiRes/Datavideo_VoiceTRX50_print.zip</t>
+  </si>
+  <si>
+    <t>DATAVTC100</t>
+  </si>
+  <si>
+    <t>VTC-100</t>
+  </si>
+  <si>
+    <t>12x Dual Lens Voice Tracking PTZ Camera</t>
+  </si>
+  <si>
+    <t>£1960.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Datavideo/vtc-100</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Datavideo/HiRes/Datavideo_VTC-100_print.zip</t>
+  </si>
+  <si>
+    <t>LKBRESCTMUK</t>
   </si>
   <si>
     <t>Logickeyboard</t>
   </si>
   <si>
-    <t>Ableton Live TITAN Wireless Backlit Keyboard - Windows</t>
-[...2 lines deleted...]
-    <t>Wireless and backlit Logickeyboard Designed for Ableton Live - Windows</t>
+    <t>DaVinci Resolve Classic layout TITAN Wireless Backlit Keyboard - Mac</t>
+  </si>
+  <si>
+    <t>Wireless, backlit keyboard designed for DaVinci Resolve - Made for Mac</t>
   </si>
   <si>
     <t>£114.00</t>
   </si>
   <si>
-    <t>https://www.holdan.co.uk/Logickeyboard/ableton-live-titan-wireless-backlit-keyboard-windows</t>
-[...5 lines deleted...]
-    <t>MAGEPRCAPMHDNHS</t>
+    <t>https://www.holdan.co.uk/Logickeyboard/davinci-resolve-classic-layout-titan-wireless-backlit-keyboard-mac</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-RESC-TM-UK_print.zip</t>
+  </si>
+  <si>
+    <t>LKBDYSLEXTPCUK</t>
+  </si>
+  <si>
+    <t>Dyslexie TITAN Wireless Backlit Keyboard – Windows</t>
+  </si>
+  <si>
+    <t>Wireless &amp; Backlit Logickeyboard designed with Dyslexie font - Made for Windows PC</t>
+  </si>
+  <si>
+    <t>£84.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Logickeyboard/dyslexie-titan-wireless-backlit-keyboard-windows</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-DYSLEX-TPC-UK_print.zip</t>
+  </si>
+  <si>
+    <t>LKBRESCTPCUK</t>
+  </si>
+  <si>
+    <t>DaVinci Resolve Classic layout TITAN Wireless Backlit Keyboard - Windows</t>
+  </si>
+  <si>
+    <t>Wireless, backlit keyboard designed for DaVinci Resolve - Made for Windows</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Logickeyboard/davinci-resolve-classic-layout-titan-wireless-backlit-keyboard-windows</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-RESC-TPC-UK_print.zip</t>
+  </si>
+  <si>
+    <t>LKBDYSLEXTMUK</t>
+  </si>
+  <si>
+    <t>Dyslexie TITAN Wireless Backlit Keyboard – Mac</t>
+  </si>
+  <si>
+    <t>Wireless &amp; Backlit Logickeyboard designed with Dyslexie font - Made for Mac</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Logickeyboard/dyslexie-titan-wireless-backlit-keyboard-mac</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-DYSLEX-TM-UK_print.zip</t>
+  </si>
+  <si>
+    <t>LUMVCTR41NB</t>
+  </si>
+  <si>
+    <t>Lumens</t>
+  </si>
+  <si>
+    <t>VC-TR41N</t>
+  </si>
+  <si>
+    <t>AI-Powered NDI HX3 Auto-Tracking Camera - Black</t>
+  </si>
+  <si>
+    <t>£1745.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Lumens/vc-tr41n-b</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Lumens/HiRes/Lumens_VC-TR41NB_print.zip</t>
+  </si>
+  <si>
+    <t>LUMVCTR41NW</t>
+  </si>
+  <si>
+    <t>AI-Powered NDI HX3 Auto-Tracking Camera - White</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Lumens/vc-tr41n-w</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Lumens/HiRes/Lumens_VC-TR41NW_print.zip</t>
+  </si>
+  <si>
+    <t>MAGEPROCONIPHD</t>
   </si>
   <si>
     <t>Magewell</t>
   </si>
   <si>
-    <t>Pro Capture Mini HDMI</t>
-[...392 lines deleted...]
-    <t>Pro Capture AIO 4K</t>
+    <t>Pro Convert IP to HDMI</t>
+  </si>
+  <si>
+    <t>Converts up to four IP streams into one QHD HDMI signal</t>
+  </si>
+  <si>
+    <t>£356.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Magewell/pro-convert-ip-to-hdmi</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Magewell/HiRes/Magewell_644300000_print.zip</t>
+  </si>
+  <si>
+    <t>PANAWRP200G</t>
+  </si>
+  <si>
+    <t>Panasonic</t>
+  </si>
+  <si>
+    <t>AW-RP200GJ</t>
+  </si>
+  <si>
+    <t>Remote Camera Controller</t>
+  </si>
+  <si>
+    <t>£5362.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Panasonic/aw-rp200gj</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Panasonic/HiRes/Panasonic_AW-RP200GJ_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB414</t>
+  </si>
+  <si>
+    <t>PGYTECH</t>
+  </si>
+  <si>
+    <t>OnePro Ultralight Backpack</t>
+  </si>
+  <si>
+    <t>Lightweight Outdoor Photography Backpack - 30L - Aurora Purple</t>
+  </si>
+  <si>
+    <t>£192.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-ap</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB578</t>
+  </si>
+  <si>
+    <t>OneGo Pocket Sling</t>
+  </si>
+  <si>
+    <t>Daily commuter shoulder bag - Lime Green</t>
+  </si>
+  <si>
+    <t>£38.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-lg</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneGo-Pocket-Sling_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB582</t>
+  </si>
+  <si>
+    <t>Camera Strap Slim (Vintage)</t>
+  </si>
+  <si>
+    <t>Lightweight Slim Camera Strap - Vintage - Caramel Brown</t>
+  </si>
+  <si>
+    <t>£33.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-cb</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Vintage_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB593</t>
+  </si>
+  <si>
+    <t>Camera Wrist Strap Slim</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Vintage - Caramel Brown</t>
+  </si>
+  <si>
+    <t>£21.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-cb</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip</t>
+  </si>
+  <si>
+    <t>PGYP61A020</t>
+  </si>
+  <si>
+    <t>Camera Cage For Insta360 X4 Air</t>
+  </si>
+  <si>
+    <t>Insta360 X4 Air Camera Cage</t>
+  </si>
+  <si>
+    <t>£48.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-cage-for-insta360-x4-air</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_P-61A-020_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB417</t>
+  </si>
+  <si>
+    <t>Lightweight Outdoor Photography Backpack - 20L - Space BlackLightweight Outdoor Photography Backpack</t>
+  </si>
+  <si>
+    <t>£150.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-20-sb</t>
+  </si>
+  <si>
+    <t>PGYPCB224</t>
+  </si>
+  <si>
+    <t>OneMo Tactical BackPack</t>
+  </si>
+  <si>
+    <t>Professional Robust BackPack - 35L - Coyote Brown</t>
+  </si>
+  <si>
+    <t>£183.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-35-cb</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Tactical-BackPack_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB432</t>
+  </si>
+  <si>
+    <t>Camera Strap Slim (Outdoor)</t>
+  </si>
+  <si>
+    <t>Lightweight Slim Camera Strap - Outdoor - Wilderness Green</t>
+  </si>
+  <si>
+    <t>£25.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-wg</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-outdoor_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB590</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Outdoor - Aurora Blue</t>
+  </si>
+  <si>
+    <t>£17.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-ab</t>
+  </si>
+  <si>
+    <t>PGYPGM393</t>
+  </si>
+  <si>
+    <t>CreateMate High-speed Mini Card Reader Case</t>
+  </si>
+  <si>
+    <t>Card Reader / Case - Classic Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/createmate-high-speed-mini-card-reader-case-cb</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_CreateMate-High-speed-Mini-Card-Reader-Case_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPPG095</t>
+  </si>
+  <si>
+    <t>LinkGo Phone Photography Strap (Braided)</t>
+  </si>
+  <si>
+    <t>Dual Braided Phone Photography Strap - Stellar Black</t>
+  </si>
+  <si>
+    <t>£23.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/linkgo-phone-photography-strap-braided-dual</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_P-PG-095_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB418</t>
+  </si>
+  <si>
+    <t>Lightweight Outdoor Photography Backpack - 20L - Misty Green</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-20-mg</t>
+  </si>
+  <si>
+    <t>PGYPCB293</t>
+  </si>
+  <si>
+    <t>Daily commuter shoulder bag - Space Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-sb</t>
+  </si>
+  <si>
+    <t>PGYPCB433</t>
+  </si>
+  <si>
+    <t>Camera Strap Slim (Trendy)</t>
+  </si>
+  <si>
+    <t>Lightweight Braided Camera Strap - Trendy - Twilight Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-tb</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Trendy_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB588</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Trendy - Lilac Purple</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-lp</t>
+  </si>
+  <si>
+    <t>PGYPPG082</t>
+  </si>
+  <si>
+    <t>MagCam 2 Phone Grip</t>
+  </si>
+  <si>
+    <t>MagCam Phone Grip - Misty Gray</t>
+  </si>
+  <si>
+    <t>£50.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-mg</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_MagCam-2-Phone-Grip_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB220</t>
+  </si>
+  <si>
+    <t>Professional Robust BackPack - 25L - Dark Night Camo</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-25-dnc</t>
+  </si>
+  <si>
+    <t>PGYPCB430</t>
+  </si>
+  <si>
+    <t>Lightweight Slim Camera Strap - Outdoor - Blaze Red</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-br</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB583</t>
+  </si>
+  <si>
+    <t>Lightweight Slim Camera Strap - Vintage - Olive Green</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-og</t>
+  </si>
+  <si>
+    <t>PGYPCB594</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Vintage - Olive Green</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-og</t>
+  </si>
+  <si>
+    <t>PGYP63B010</t>
+  </si>
+  <si>
+    <t>Camera Cage For DJI OSMO 360</t>
+  </si>
+  <si>
+    <t>DJI OSMO 360 Camera Cage</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-cage-for-dji-osmo-360</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYECH_P-63B-010_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB413</t>
+  </si>
+  <si>
+    <t>Lightweight Outdoor Photography Backpack - 30L - Space Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-sb</t>
+  </si>
+  <si>
+    <t>PGYPCB584</t>
+  </si>
+  <si>
+    <t>OneMo Photography Waist Belt</t>
+  </si>
+  <si>
+    <t>Photography Waist Belt - Dark Night Camo</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onemo-photography-waist-belt-dnc</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Photography-Waist-Belt_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB434</t>
+  </si>
+  <si>
+    <t>Lightweight Braided Camera Strap - Trendy - Mystic Blue</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-mb</t>
+  </si>
+  <si>
+    <t>PGYPCB591</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Outdoor - Wilderness Green</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-wg</t>
+  </si>
+  <si>
+    <t>PGYPGM396</t>
+  </si>
+  <si>
+    <t>Card Reader / Case - Ivory White</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/createmate-high-speed-mini-card-reader-case-iw</t>
+  </si>
+  <si>
+    <t>PGYPCB415</t>
+  </si>
+  <si>
+    <t>Lightweight Outdoor Photography Backpack - 30L - Misty Green</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-mg</t>
+  </si>
+  <si>
+    <t>PGYPCB577</t>
+  </si>
+  <si>
+    <t>Daily commuter shoulder bag - Mist White</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-mw</t>
+  </si>
+  <si>
+    <t>PGYPCB581</t>
+  </si>
+  <si>
+    <t>Lightweight Slim Camera Strap - Vintage - Midnight Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-mb</t>
+  </si>
+  <si>
+    <t>PGYPCB586</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Trendy - Twilight Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-tb</t>
+  </si>
+  <si>
+    <t>PGYPPG083</t>
+  </si>
+  <si>
+    <t>MagCam Phone Grip - Mint Green</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-mgr</t>
+  </si>
+  <si>
+    <t>PGYPCB223</t>
+  </si>
+  <si>
+    <t>Professional Robust BackPack - 35L - Dark Night Camo</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-35-dnc</t>
+  </si>
+  <si>
+    <t>PGYPCB431</t>
+  </si>
+  <si>
+    <t>Lightweight Slim Camera Strap - Outdoor - Aurora Blue</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-ab</t>
+  </si>
+  <si>
+    <t>PGYPCB589</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Outdoor - Blaze Red</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-br</t>
+  </si>
+  <si>
+    <t>PGYPCB592</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Vintage - Midnight Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-mb</t>
+  </si>
+  <si>
+    <t>PGYPPG096</t>
+  </si>
+  <si>
+    <t>LinkGo Phone Photography Strap - Webbing</t>
+  </si>
+  <si>
+    <t>Dual Strap for Mobile Phones - Misty Grey</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/linkgo-phone-photography-strap-webbing-dual</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PGYTECH/HiRes/PGTYECH_P-63B-010_print.zip</t>
+  </si>
+  <si>
+    <t>PGYPCB416</t>
+  </si>
+  <si>
+    <t>Lightweight Outdoor Photography Backpack - 40L - Space Black</t>
+  </si>
+  <si>
+    <t>£225.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-40-sb</t>
+  </si>
+  <si>
+    <t>PGYPCB585</t>
+  </si>
+  <si>
+    <t>Photography Waist Belt - Coyote Brown</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/onemo-photography-waist-belt-cb</t>
+  </si>
+  <si>
+    <t>PGYPCB435</t>
+  </si>
+  <si>
+    <t>Lightweight Braided Camera Strap - Trendy - Lilac Purple</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-lp</t>
+  </si>
+  <si>
+    <t>PGYPCB587</t>
+  </si>
+  <si>
+    <t>Slim Camera Wrist Strap - Trendy - Mystic Blue</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-mbl</t>
+  </si>
+  <si>
+    <t>PGYPPG081</t>
+  </si>
+  <si>
+    <t>MagCam Phone Grip - Classic Black</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-cb</t>
+  </si>
+  <si>
+    <t>PLUS6544</t>
+  </si>
+  <si>
+    <t>Plustek</t>
+  </si>
+  <si>
+    <t>OpticBook 4800</t>
+  </si>
+  <si>
+    <t>A4 Flatbed Scanner</t>
+  </si>
+  <si>
+    <t>£447.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticbook-4800</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0202TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6534</t>
+  </si>
+  <si>
+    <t>MobileOffice S602</t>
+  </si>
+  <si>
+    <t>Compact Portable Document Scanner</t>
+  </si>
+  <si>
+    <t>£115.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/mobileoffice-s602</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0287_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6524</t>
+  </si>
+  <si>
+    <t>SmartOffice PS3180U</t>
+  </si>
+  <si>
+    <t>Duplex colour document scanner</t>
+  </si>
+  <si>
+    <t>£416.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/smartoffice-ps3180u</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0284_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6545</t>
+  </si>
+  <si>
+    <t>OpticBook 3800L</t>
+  </si>
+  <si>
+    <t>Book Scanner</t>
+  </si>
+  <si>
+    <t>£227.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticbook-3800l</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0281_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6543</t>
+  </si>
+  <si>
+    <t>OpticBook A300 Plus</t>
+  </si>
+  <si>
+    <t>Efficient, high quality book scanner</t>
+  </si>
+  <si>
+    <t>£1483.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticbook-a300-plus</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0291_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6531</t>
+  </si>
+  <si>
+    <t>MobileOffice D430 Plus</t>
+  </si>
+  <si>
+    <t>Compact, High-performance scanner for documents and cards</t>
+  </si>
+  <si>
+    <t>£350.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/mobileoffice-d430-plus</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0329_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6555</t>
+  </si>
+  <si>
+    <t>OpticSlim 2700</t>
+  </si>
+  <si>
+    <t>Document scanner</t>
+  </si>
+  <si>
+    <t>£133.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticslim-2700</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0315TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6522</t>
+  </si>
+  <si>
+    <t>SmartOffice SC8016U</t>
+  </si>
+  <si>
+    <t>A3 document scanner</t>
+  </si>
+  <si>
+    <t>£1374.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/smartoffice-sc8016u</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0243TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6538</t>
+  </si>
+  <si>
+    <t>SecureScan X50</t>
+  </si>
+  <si>
+    <t>Secure Document Scanner</t>
+  </si>
+  <si>
+    <t>£324.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/securescan-x50</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0324_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6525</t>
+  </si>
+  <si>
+    <t>SmartOffice PS3140U</t>
+  </si>
+  <si>
+    <t>Mixed Document scanner</t>
+  </si>
+  <si>
+    <t>£371.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/smartoffice-ps3140u</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0297TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6550</t>
+  </si>
+  <si>
+    <t>OpticPro A320E</t>
+  </si>
+  <si>
+    <t>A3 CCD Flatbed Scanner</t>
+  </si>
+  <si>
+    <t>£532.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticpro-a320e</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0309TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6556</t>
+  </si>
+  <si>
+    <t>OpticSlim 2610 Plus</t>
+  </si>
+  <si>
+    <t>Compact Flatbed Scanner</t>
+  </si>
+  <si>
+    <t>£83.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticslim-2610-plus</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0304TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6532</t>
+  </si>
+  <si>
+    <t>MobileOffice AD480</t>
+  </si>
+  <si>
+    <t>Double-sided mobile scanner</t>
+  </si>
+  <si>
+    <t>£220.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/mobileoffice-ad480</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0295TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6573</t>
+  </si>
+  <si>
+    <t>OpticFilm 8300i SE</t>
+  </si>
+  <si>
+    <t>35mm Negative Film Strip &amp; Slide Scanner</t>
+  </si>
+  <si>
+    <t>£358.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticfilm-8300i-se</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0317UK_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6533</t>
+  </si>
+  <si>
+    <t>MobileOffice S410 Plus</t>
+  </si>
+  <si>
+    <t>Portable Document Scanner</t>
+  </si>
+  <si>
+    <t>£113.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/mobileoffice-s410-plus</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0314TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6523</t>
+  </si>
+  <si>
+    <t>SmartOffice PL4080</t>
+  </si>
+  <si>
+    <t>Duplex document scanner</t>
   </si>
   <si>
     <t>£429.00</t>
   </si>
   <si>
-    <t>https://www.holdan.co.uk/Magewell/pro-capture-aio-4k</t>
-[...665 lines deleted...]
-    <t>https://resource.holdan.co.uk/Samyang/HiRes/Samyang_F1216306101_print.zip</t>
+    <t>https://www.holdan.co.uk/Plustek/smartoffice-pl4080</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0283TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6539</t>
+  </si>
+  <si>
+    <t>SecureScan X-Mini</t>
+  </si>
+  <si>
+    <t>Compact Secure Document Scanner</t>
+  </si>
+  <si>
+    <t>£341.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/securescan-x-mini</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0305_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6526</t>
+  </si>
+  <si>
+    <t>SmartOffice PN30U</t>
+  </si>
+  <si>
+    <t>Network Document Scanner</t>
+  </si>
+  <si>
+    <t>£354.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/smartoffice-pn30u</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0307TS_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6554</t>
+  </si>
+  <si>
+    <t>OpticSlim 1180</t>
+  </si>
+  <si>
+    <t>Large format document scanner</t>
+  </si>
+  <si>
+    <t>£287.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticslim-1180</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0254UK_print.zip</t>
+  </si>
+  <si>
+    <t>PLUS6557</t>
+  </si>
+  <si>
+    <t>OpticSlim 550 Plus</t>
+  </si>
+  <si>
+    <t>Slim and Compact  Flatbed Scanner</t>
+  </si>
+  <si>
+    <t>£179.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Plustek/opticslim-550-plus</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0278_print.zip</t>
+  </si>
+  <si>
+    <t>PT12XSTUDIOSEG</t>
+  </si>
+  <si>
+    <t>PTZOptics</t>
+  </si>
+  <si>
+    <t>Studio SE</t>
+  </si>
+  <si>
+    <t>12x Optical Zoom, fixed lens camera with built-in mic and tally light - Grey</t>
+  </si>
+  <si>
+    <t>£763.00</t>
+  </si>
+  <si>
+    <t>0840170500999</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PTZOptics/studio-se-12-g</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT12X-STUDIO-SE-GY-G3_print.zip</t>
+  </si>
+  <si>
+    <t>PT20XSTUDIOSEW</t>
+  </si>
+  <si>
+    <t>20x Optical Zoom, fixed lens camera with built-in mic and tally light - White</t>
+  </si>
+  <si>
+    <t>£922.00</t>
+  </si>
+  <si>
+    <t>0840170500982</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PTZOptics/studio-se-20-w</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT20X-STUDIO-SE-WH-G3_print.zip</t>
+  </si>
+  <si>
+    <t>PT12XSTUDIOSEW</t>
+  </si>
+  <si>
+    <t>12x Optical Zoom, fixed lens camera with built-in mic and tally light - White</t>
+  </si>
+  <si>
+    <t>0840170501002</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PTZOptics/studio-se-12-w</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT12X-STUDIO-SE-WH-G3_print.zip</t>
+  </si>
+  <si>
+    <t>PT20XSTUDIOSEG</t>
+  </si>
+  <si>
+    <t>20x Optical Zoom, fixed lens camera with built-in mic and tally light - Grey</t>
+  </si>
+  <si>
+    <t>0840170500975</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/PTZOptics/studio-se-20-g</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT20X-STUDIO-SE-GY-G3_print.zip</t>
+  </si>
+  <si>
+    <t>SLI3461</t>
+  </si>
+  <si>
+    <t>SLIK</t>
+  </si>
+  <si>
+    <t>MAGGY</t>
+  </si>
+  <si>
+    <t>4-in-1 Magnetic Mini Tripod</t>
+  </si>
+  <si>
+    <t>£42.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/SLIK/maggy</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/SLIK/HiRes/SLIK_5246859_print.zip</t>
+  </si>
+  <si>
+    <t>SLI3514</t>
+  </si>
+  <si>
+    <t>Quick Release Plate For SVH-520</t>
+  </si>
+  <si>
+    <t>£15.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/SLIK/6513</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/SLIK/HiRes/SLIK_6257729_print.zip</t>
+  </si>
+  <si>
+    <t>SONECHO2RDVTB5</t>
+  </si>
+  <si>
+    <t>Sonnet</t>
+  </si>
+  <si>
+    <t>Echo II DV T5 Rackmount Thunderbolt 5 Expansion System</t>
+  </si>
+  <si>
+    <t>Rackmount 2-slot Dual Thunderbolt 5 Interface to PCIe Card Expansion System for Computers with Thunderbolt or USB4 Ports</t>
+  </si>
+  <si>
+    <t>£1497.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Sonnet/echo-ii-dv-t5-rackmount-thunderbolt-5-expansion-system</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Sonnet/HiRes/Sonnet_ECHO-2RDV-T5_print.zip</t>
+  </si>
+  <si>
+    <t>SONECHO2DDVTB5</t>
+  </si>
+  <si>
+    <t>Echo II DV T5 Desktop Thunderbolt 5 Expansion System</t>
+  </si>
+  <si>
+    <t>Desktop 2-slot Dual Thunderbolt 5 Interface to PCIe Card Expansion System for Computers with Thunderbolt or USB4 Ports</t>
+  </si>
+  <si>
+    <t>£1371.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Sonnet/echo-ii-dv-t5-desktop-thunderbolt-5-expansion-system</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Sonnet/HiRes/Sonnet_ECHO-2DDV-T5_print.zip</t>
+  </si>
+  <si>
+    <t>WISEWADSD06</t>
+  </si>
+  <si>
+    <t>Wise Advanced</t>
+  </si>
+  <si>
+    <t>WA-DSD06</t>
+  </si>
+  <si>
+    <t>SD / microSD UHS-II Card Reader</t>
+  </si>
+  <si>
+    <t>£62.00</t>
+  </si>
+  <si>
+    <t>https://www.holdan.co.uk/Wise+Advanced/wa-dsd06</t>
+  </si>
+  <si>
+    <t>https://resource.holdan.co.uk/Wise+Advanced/HiRes/Wise-Advanced_WA-DSD06_print.zip</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <b/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -1697,256 +1436,234 @@
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Atomos/cold-shoe-mount" TargetMode="External"/>
-[...192 lines deleted...]
-<Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Samyang/HiRes/Samyang_F1216306101_print.zip" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Atomos/shogun-av-19" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Atomos/HiRes/Atomos_ATOMSHGAV1_print.zip" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Atomos/ninja-raw" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Atomos/HiRes/Atomos_ATOMNJRW01_print.zip" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/BirdDog/x1-30-bundle-b" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDX1-30B_print.zip" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/BirdDog/play-pro" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDPLAYPRO_print.zip" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/BirdDog/x1-30-bundle-w" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDX1-30W_print.zip" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Blackmagic+Design/camera-prodock" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Blackmagic+Design/HiRes/Blackmagic-Design_CINTDOCKPRO_print.zip" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Datavideo/voicetrx50" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Datavideo/HiRes/Datavideo_VoiceTRX50_print.zip" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Datavideo/vtc-100" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Datavideo/HiRes/Datavideo_VTC-100_print.zip" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Logickeyboard/davinci-resolve-classic-layout-titan-wireless-backlit-keyboard-mac" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-RESC-TM-UK_print.zip" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Logickeyboard/dyslexie-titan-wireless-backlit-keyboard-windows" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-DYSLEX-TPC-UK_print.zip" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Logickeyboard/davinci-resolve-classic-layout-titan-wireless-backlit-keyboard-windows" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-RESC-TPC-UK_print.zip" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Logickeyboard/dyslexie-titan-wireless-backlit-keyboard-mac" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-DYSLEX-TM-UK_print.zip" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Lumens/vc-tr41n-b" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Lumens/HiRes/Lumens_VC-TR41NB_print.zip" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Lumens/vc-tr41n-w" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Lumens/HiRes/Lumens_VC-TR41NW_print.zip" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Magewell/pro-convert-ip-to-hdmi" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Magewell/HiRes/Magewell_644300000_print.zip" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Panasonic/aw-rp200gj" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Panasonic/HiRes/Panasonic_AW-RP200GJ_print.zip" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-ap" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-lg" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneGo-Pocket-Sling_print.zip" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-cb" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Vintage_print.zip" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-cb" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-cage-for-insta360-x4-air" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_P-61A-020_print.zip" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-20-sb" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-35-cb" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Tactical-BackPack_print.zip" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-wg" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-outdoor_print.zip" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-ab" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/createmate-high-speed-mini-card-reader-case-cb" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_CreateMate-High-speed-Mini-Card-Reader-Case_print.zip" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/linkgo-phone-photography-strap-braided-dual" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_P-PG-095_print.zip" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-20-mg" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-sb" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneGo-Pocket-Sling_print.zip" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-tb" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Trendy_print.zip" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-lp" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-mg" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_MagCam-2-Phone-Grip_print.zip" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-25-dnc" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Tactical-BackPack_print.zip" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-br" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-og" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Vintage_print.zip" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-og" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-cage-for-dji-osmo-360" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYECH_P-63B-010_print.zip" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-sb" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onemo-photography-waist-belt-dnc" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Photography-Waist-Belt_print.zip" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-mb" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Trendy_print.zip" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-wg" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/createmate-high-speed-mini-card-reader-case-iw" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_CreateMate-High-speed-Mini-Card-Reader-Case_print.zip" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-mg" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-mw" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneGo-Pocket-Sling_print.zip" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-mb" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Vintage_print.zip" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-tb" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-mgr" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_MagCam-2-Phone-Grip_print.zip" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-35-dnc" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Tactical-BackPack_print.zip" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-ab" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-br" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-mb" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/linkgo-phone-photography-strap-webbing-dual" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGTYECH_P-63B-010_print.zip" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-40-sb" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/onemo-photography-waist-belt-cb" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Photography-Waist-Belt_print.zip" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-lp" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Trendy_print.zip" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-mbl" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-cb" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_MagCam-2-Phone-Grip_print.zip" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticbook-4800" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0202TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/mobileoffice-s602" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0287_print.zip" TargetMode="External"/>
+<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/smartoffice-ps3180u" TargetMode="External"/>
+<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0284_print.zip" TargetMode="External"/>
+<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticbook-3800l" TargetMode="External"/>
+<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0281_print.zip" TargetMode="External"/>
+<Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticbook-a300-plus" TargetMode="External"/>
+<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0291_print.zip" TargetMode="External"/>
+<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/mobileoffice-d430-plus" TargetMode="External"/>
+<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0329_print.zip" TargetMode="External"/>
+<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticslim-2700" TargetMode="External"/>
+<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0315TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/smartoffice-sc8016u" TargetMode="External"/>
+<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0243TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/securescan-x50" TargetMode="External"/>
+<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0324_print.zip" TargetMode="External"/>
+<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/smartoffice-ps3140u" TargetMode="External"/>
+<Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0297TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticpro-a320e" TargetMode="External"/>
+<Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0309TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticslim-2610-plus" TargetMode="External"/>
+<Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0304TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/mobileoffice-ad480" TargetMode="External"/>
+<Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0295TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticfilm-8300i-se" TargetMode="External"/>
+<Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0317UK_print.zip" TargetMode="External"/>
+<Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/mobileoffice-s410-plus" TargetMode="External"/>
+<Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0314TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/smartoffice-pl4080" TargetMode="External"/>
+<Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0283TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/securescan-x-mini" TargetMode="External"/>
+<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0305_print.zip" TargetMode="External"/>
+<Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/smartoffice-pn30u" TargetMode="External"/>
+<Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0307TS_print.zip" TargetMode="External"/>
+<Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticslim-1180" TargetMode="External"/>
+<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0254UK_print.zip" TargetMode="External"/>
+<Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Plustek/opticslim-550-plus" TargetMode="External"/>
+<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0278_print.zip" TargetMode="External"/>
+<Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PTZOptics/studio-se-12-g" TargetMode="External"/>
+<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT12X-STUDIO-SE-GY-G3_print.zip" TargetMode="External"/>
+<Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PTZOptics/studio-se-20-w" TargetMode="External"/>
+<Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT20X-STUDIO-SE-WH-G3_print.zip" TargetMode="External"/>
+<Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PTZOptics/studio-se-12-w" TargetMode="External"/>
+<Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT12X-STUDIO-SE-WH-G3_print.zip" TargetMode="External"/>
+<Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/PTZOptics/studio-se-20-g" TargetMode="External"/>
+<Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT20X-STUDIO-SE-GY-G3_print.zip" TargetMode="External"/>
+<Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/SLIK/maggy" TargetMode="External"/>
+<Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/SLIK/HiRes/SLIK_5246859_print.zip" TargetMode="External"/>
+<Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/SLIK/6513" TargetMode="External"/>
+<Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/SLIK/HiRes/SLIK_6257729_print.zip" TargetMode="External"/>
+<Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Sonnet/echo-ii-dv-t5-rackmount-thunderbolt-5-expansion-system" TargetMode="External"/>
+<Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Sonnet/HiRes/Sonnet_ECHO-2RDV-T5_print.zip" TargetMode="External"/>
+<Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Sonnet/echo-ii-dv-t5-desktop-thunderbolt-5-expansion-system" TargetMode="External"/>
+<Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Sonnet/HiRes/Sonnet_ECHO-2DDV-T5_print.zip" TargetMode="External"/>
+<Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holdan.co.uk/Wise+Advanced/wa-dsd06" TargetMode="External"/>
+<Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource.holdan.co.uk/Wise+Advanced/HiRes/Wise-Advanced_WA-DSD06_print.zip" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H98"/>
+  <dimension ref="A1:H87"/>
   <cols>
-    <col min="1" max="1" width="16" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="55" customWidth="1"/>
+    <col min="1" max="1" width="15" customWidth="1"/>
+    <col min="2" max="2" width="18" customWidth="1"/>
+    <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="11" customWidth="1"/>
-    <col min="6" max="6" width="16" customWidth="1"/>
+    <col min="6" max="6" width="14" customWidth="1"/>
     <col min="7" max="7" width="60" customWidth="1"/>
     <col min="8" max="8" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
@@ -1970,2718 +1687,2416 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s" s="3">
         <v>13</v>
       </c>
       <c r="G2" t="s" s="4">
         <v>14</v>
       </c>
       <c r="H2" t="s" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s" s="3">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s" s="4">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s" s="4">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="F4" s="5">
+        <v>9354873001598</v>
       </c>
       <c r="G4" t="s" s="4">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s" s="4">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>33</v>
+      </c>
+      <c r="F5" s="5">
+        <v>9354873001635</v>
       </c>
       <c r="G5" t="s" s="4">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s" s="4">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>27</v>
+      </c>
+      <c r="F6" s="5">
+        <v>9354873001604</v>
       </c>
       <c r="G6" t="s" s="4">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s" s="4">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F7" s="5">
-        <v>9354873001420</v>
+        <v>9338716010107</v>
       </c>
       <c r="G7" t="s" s="4">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s" s="4">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="F8"/>
       <c r="G8" t="s" s="4">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s" s="4">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="F9"/>
       <c r="G9" t="s" s="4">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s" s="4">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="F10" s="5">
-        <v>9354873001437</v>
+        <v>5707795024406</v>
       </c>
       <c r="G10" t="s" s="4">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H10" t="s" s="4">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="C11" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="F11" s="5">
-        <v>9354873001376</v>
+        <v>5707795024369</v>
       </c>
       <c r="G11" t="s" s="4">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H11" t="s" s="4">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="D12" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E12" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F12" s="5">
-        <v>9354873001505</v>
+        <v>5707795024444</v>
       </c>
       <c r="G12" t="s" s="4">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="H12" t="s" s="4">
-        <v>69</v>
+        <v>77</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
         <v>70</v>
       </c>
-      <c r="B13" t="s">
-[...11 lines deleted...]
-      <c r="F13"/>
+      <c r="F13" s="5">
+        <v>5707795024338</v>
+      </c>
       <c r="G13" t="s" s="4">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s" s="4">
-        <v>76</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="F14"/>
       <c r="G14" t="s" s="4">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="H14" t="s" s="4">
-        <v>82</v>
+        <v>89</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B15" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D15" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="E15" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="F15" t="s" s="3">
         <v>87</v>
       </c>
+      <c r="F15"/>
       <c r="G15" t="s" s="4">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="H15" t="s" s="4">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="D16" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="E16" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="F16"/>
+        <v>98</v>
+      </c>
+      <c r="F16" s="5">
+        <v>6936572401805</v>
+      </c>
       <c r="G16" t="s" s="4">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="H16" t="s" s="4">
-        <v>93</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="D17" t="s">
+        <v>104</v>
       </c>
       <c r="E17" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>105</v>
+      </c>
+      <c r="F17" s="5">
+        <v>4010869326254</v>
       </c>
       <c r="G17" t="s" s="4">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="H17" t="s" s="4">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B18" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="D18" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E18" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>112</v>
+      </c>
+      <c r="F18" s="5">
+        <v>6937452751164</v>
       </c>
       <c r="G18" t="s" s="4">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="H18" t="s" s="4">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B19" t="s">
         <v>109</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="E19" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>118</v>
+      </c>
+      <c r="F19" s="5">
+        <v>6937452750648</v>
       </c>
       <c r="G19" t="s" s="4">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="H19" t="s" s="4">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B20" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C20" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D20" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E20" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>124</v>
+      </c>
+      <c r="F20" s="5">
+        <v>6937452752499</v>
       </c>
       <c r="G20" t="s" s="4">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H20" t="s" s="4">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C21" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D21" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="E21" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>130</v>
+      </c>
+      <c r="F21" s="5">
+        <v>6937452752567</v>
       </c>
       <c r="G21" t="s" s="4">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="H21" t="s" s="4">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C22" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>136</v>
+      </c>
+      <c r="F22" s="5">
+        <v>6976100484382</v>
       </c>
       <c r="G22" t="s" s="4">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H22" t="s" s="4">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B23" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C23" t="s">
-        <v>138</v>
+        <v>110</v>
       </c>
       <c r="D23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E23" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="F23" t="s" s="3">
         <v>141</v>
+      </c>
+      <c r="F23" s="5">
+        <v>6937452751133</v>
       </c>
       <c r="G23" t="s" s="4">
         <v>142</v>
       </c>
       <c r="H23" t="s" s="4">
-        <v>143</v>
+        <v>114</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24" t="s">
         <v>144</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>145</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>146</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" s="5">
+        <v>6937452750792</v>
+      </c>
+      <c r="G24" t="s" s="4">
         <v>147</v>
       </c>
-      <c r="F24" t="s" s="3">
+      <c r="H24" t="s" s="4">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" t="s">
+        <v>150</v>
+      </c>
+      <c r="D25" t="s">
         <v>151</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>152</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" s="5">
+        <v>6937452752246</v>
+      </c>
+      <c r="G25" t="s" s="4">
         <v>153</v>
       </c>
-      <c r="E25" t="s">
+      <c r="H25" t="s" s="4">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>157</v>
+      </c>
+      <c r="F26" s="5">
+        <v>6937452752321</v>
+      </c>
+      <c r="G26" t="s" s="4">
         <v>158</v>
       </c>
-      <c r="B26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H26" t="s" s="4">
-        <v>164</v>
+        <v>132</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B27" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C27" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D27" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E27" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>152</v>
+      </c>
+      <c r="F27" s="5">
+        <v>6976100484665</v>
       </c>
       <c r="G27" t="s" s="4">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="H27" t="s" s="4">
-        <v>171</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B28" t="s">
-        <v>173</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="D28" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="E28" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="F28" s="5">
-        <v>5707795024123</v>
+        <v>6937452751850</v>
       </c>
       <c r="G28" t="s" s="4">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="H28" t="s" s="4">
-        <v>178</v>
+        <v>169</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C29" t="s">
-        <v>181</v>
+        <v>110</v>
       </c>
       <c r="D29" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="E29" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="F29" s="5">
-        <v>6936572400402</v>
+        <v>6937452751140</v>
       </c>
       <c r="G29" t="s" s="4">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="H29" t="s" s="4">
-        <v>185</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C30" t="s">
-        <v>187</v>
+        <v>116</v>
       </c>
       <c r="D30" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="E30" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="F30" s="5">
-        <v>6936572400990</v>
+        <v>6937452750495</v>
       </c>
       <c r="G30" t="s" s="4">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="H30" t="s" s="4">
-        <v>191</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="B31" t="s">
+        <v>109</v>
+      </c>
+      <c r="C31" t="s">
+        <v>177</v>
+      </c>
+      <c r="D31" t="s">
+        <v>178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>152</v>
+      </c>
+      <c r="F31" s="5">
+        <v>6937452752369</v>
+      </c>
+      <c r="G31" t="s" s="4">
+        <v>179</v>
+      </c>
+      <c r="H31" t="s" s="4">
         <v>180</v>
-      </c>
-[...16 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>198</v>
+        <v>181</v>
       </c>
       <c r="B32" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>199</v>
+        <v>128</v>
       </c>
       <c r="D32" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="E32" t="s">
-        <v>201</v>
+        <v>157</v>
       </c>
       <c r="F32" s="5">
-        <v>6936572401157</v>
+        <v>6937452752383</v>
       </c>
       <c r="G32" t="s" s="4">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="H32" t="s" s="4">
-        <v>203</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>204</v>
+        <v>184</v>
       </c>
       <c r="B33" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C33" t="s">
-        <v>205</v>
+        <v>185</v>
       </c>
       <c r="D33" t="s">
-        <v>206</v>
+        <v>186</v>
       </c>
       <c r="E33" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="F33" s="5">
-        <v>6936572401218</v>
+        <v>6937452751065</v>
       </c>
       <c r="G33" t="s" s="4">
-        <v>208</v>
+        <v>188</v>
       </c>
       <c r="H33" t="s" s="4">
-        <v>209</v>
+        <v>189</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>210</v>
+        <v>190</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C34" t="s">
-        <v>211</v>
+        <v>144</v>
       </c>
       <c r="D34" t="s">
-        <v>212</v>
+        <v>191</v>
       </c>
       <c r="E34" t="s">
-        <v>213</v>
+        <v>141</v>
       </c>
       <c r="F34" s="5">
-        <v>6936572400440</v>
+        <v>6937452750693</v>
       </c>
       <c r="G34" t="s" s="4">
-        <v>214</v>
+        <v>192</v>
       </c>
       <c r="H34" t="s" s="4">
-        <v>215</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="B35" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C35" t="s">
-        <v>217</v>
+        <v>150</v>
       </c>
       <c r="D35" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="E35" t="s">
-        <v>207</v>
+        <v>152</v>
       </c>
       <c r="F35" s="5">
-        <v>6936572401553</v>
+        <v>6937452752178</v>
       </c>
       <c r="G35" t="s" s="4">
-        <v>218</v>
+        <v>195</v>
       </c>
       <c r="H35" t="s" s="4">
-        <v>219</v>
+        <v>196</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="B36" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C36" t="s">
-        <v>221</v>
+        <v>122</v>
       </c>
       <c r="D36" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="E36" t="s">
-        <v>223</v>
+        <v>124</v>
       </c>
       <c r="F36" s="5">
-        <v>6936572400280</v>
+        <v>6937452752543</v>
       </c>
       <c r="G36" t="s" s="4">
-        <v>224</v>
+        <v>199</v>
       </c>
       <c r="H36" t="s" s="4">
-        <v>225</v>
+        <v>126</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>226</v>
+        <v>200</v>
       </c>
       <c r="B37" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C37" t="s">
-        <v>227</v>
+        <v>128</v>
       </c>
       <c r="D37" t="s">
-        <v>222</v>
+        <v>201</v>
       </c>
       <c r="E37" t="s">
-        <v>228</v>
+        <v>130</v>
       </c>
       <c r="F37" s="5">
-        <v>6936572400297</v>
+        <v>6937452752574</v>
       </c>
       <c r="G37" t="s" s="4">
-        <v>229</v>
+        <v>202</v>
       </c>
       <c r="H37" t="s" s="4">
-        <v>230</v>
+        <v>132</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>231</v>
+        <v>203</v>
       </c>
       <c r="B38" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>232</v>
+        <v>204</v>
       </c>
       <c r="D38" t="s">
-        <v>233</v>
+        <v>205</v>
       </c>
       <c r="E38" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="F38"/>
+        <v>152</v>
+      </c>
+      <c r="F38" s="5">
+        <v>6937452751874</v>
+      </c>
       <c r="G38" t="s" s="4">
-        <v>235</v>
+        <v>206</v>
       </c>
       <c r="H38" t="s" s="4">
-        <v>236</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>237</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>238</v>
+        <v>110</v>
       </c>
       <c r="D39" t="s">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="E39" t="s">
-        <v>183</v>
+        <v>112</v>
       </c>
       <c r="F39" s="5">
-        <v>6936572400419</v>
+        <v>6937452751157</v>
       </c>
       <c r="G39" t="s" s="4">
-        <v>239</v>
+        <v>210</v>
       </c>
       <c r="H39" t="s" s="4">
-        <v>240</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>241</v>
+        <v>211</v>
       </c>
       <c r="B40" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C40" t="s">
-        <v>242</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
-        <v>243</v>
+        <v>213</v>
       </c>
       <c r="E40" t="s">
-        <v>244</v>
+        <v>167</v>
       </c>
       <c r="F40" s="5">
-        <v>6936572401386</v>
+        <v>6937452751614</v>
       </c>
       <c r="G40" t="s" s="4">
-        <v>245</v>
+        <v>214</v>
       </c>
       <c r="H40" t="s" s="4">
-        <v>246</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>247</v>
+        <v>216</v>
       </c>
       <c r="B41" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" t="s">
+        <v>217</v>
+      </c>
+      <c r="E41" t="s">
+        <v>152</v>
+      </c>
+      <c r="F41" s="5">
+        <v>6937452752345</v>
+      </c>
+      <c r="G41" t="s" s="4">
+        <v>218</v>
+      </c>
+      <c r="H41" t="s" s="4">
         <v>180</v>
-      </c>
-[...16 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>253</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>254</v>
+        <v>128</v>
       </c>
       <c r="D42" t="s">
-        <v>255</v>
+        <v>220</v>
       </c>
       <c r="E42" t="s">
-        <v>256</v>
+        <v>157</v>
       </c>
       <c r="F42" s="5">
-        <v>6936572401201</v>
+        <v>6937452752338</v>
       </c>
       <c r="G42" t="s" s="4">
-        <v>257</v>
+        <v>221</v>
       </c>
       <c r="H42" t="s" s="4">
-        <v>258</v>
+        <v>132</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>259</v>
+        <v>222</v>
       </c>
       <c r="B43" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>260</v>
+        <v>160</v>
       </c>
       <c r="D43" t="s">
-        <v>261</v>
+        <v>223</v>
       </c>
       <c r="E43" t="s">
-        <v>228</v>
+        <v>152</v>
       </c>
       <c r="F43" s="5">
-        <v>6936572401652</v>
+        <v>6976100484672</v>
       </c>
       <c r="G43" t="s" s="4">
-        <v>262</v>
+        <v>224</v>
       </c>
       <c r="H43" t="s" s="4">
-        <v>263</v>
+        <v>163</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>264</v>
+        <v>225</v>
       </c>
       <c r="B44" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C44" t="s">
-        <v>265</v>
+        <v>110</v>
       </c>
       <c r="D44" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="E44" t="s">
-        <v>266</v>
+        <v>112</v>
       </c>
       <c r="F44" s="5">
-        <v>6936572400303</v>
+        <v>6937452751171</v>
       </c>
       <c r="G44" t="s" s="4">
-        <v>267</v>
+        <v>227</v>
       </c>
       <c r="H44" t="s" s="4">
-        <v>268</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>269</v>
+        <v>228</v>
       </c>
       <c r="B45" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C45" t="s">
-        <v>181</v>
+        <v>116</v>
       </c>
       <c r="D45" t="s">
-        <v>270</v>
+        <v>229</v>
       </c>
       <c r="E45" t="s">
-        <v>183</v>
+        <v>118</v>
       </c>
       <c r="F45" s="5">
-        <v>6936572401065</v>
+        <v>6937452750594</v>
       </c>
       <c r="G45" t="s" s="4">
-        <v>271</v>
+        <v>230</v>
       </c>
       <c r="H45" t="s" s="4">
-        <v>272</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>273</v>
+        <v>231</v>
       </c>
       <c r="B46" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C46" t="s">
-        <v>274</v>
+        <v>122</v>
       </c>
       <c r="D46" t="s">
-        <v>275</v>
+        <v>232</v>
       </c>
       <c r="E46" t="s">
-        <v>276</v>
+        <v>124</v>
       </c>
       <c r="F46" s="5">
-        <v>6936572400983</v>
+        <v>6937452752444</v>
       </c>
       <c r="G46" t="s" s="4">
-        <v>277</v>
+        <v>233</v>
       </c>
       <c r="H46" t="s" s="4">
-        <v>278</v>
+        <v>126</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>279</v>
+        <v>234</v>
       </c>
       <c r="B47" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C47" t="s">
-        <v>280</v>
+        <v>128</v>
       </c>
       <c r="D47" t="s">
-        <v>281</v>
+        <v>235</v>
       </c>
       <c r="E47" t="s">
-        <v>282</v>
+        <v>157</v>
       </c>
       <c r="F47" s="5">
-        <v>6936572401102</v>
+        <v>6937452752390</v>
       </c>
       <c r="G47" t="s" s="4">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="H47" t="s" s="4">
-        <v>284</v>
+        <v>132</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="B48" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C48" t="s">
-        <v>286</v>
+        <v>185</v>
       </c>
       <c r="D48" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="E48" t="s">
-        <v>288</v>
+        <v>187</v>
       </c>
       <c r="F48" s="5">
-        <v>6936572401133</v>
+        <v>6937452751072</v>
       </c>
       <c r="G48" t="s" s="4">
-        <v>289</v>
+        <v>239</v>
       </c>
       <c r="H48" t="s" s="4">
-        <v>290</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>291</v>
+        <v>240</v>
       </c>
       <c r="B49" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C49" t="s">
-        <v>292</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>293</v>
+        <v>241</v>
       </c>
       <c r="E49" t="s">
-        <v>288</v>
+        <v>146</v>
       </c>
       <c r="F49" s="5">
-        <v>6936572401294</v>
+        <v>6937452750747</v>
       </c>
       <c r="G49" t="s" s="4">
-        <v>294</v>
+        <v>242</v>
       </c>
       <c r="H49" t="s" s="4">
-        <v>295</v>
+        <v>148</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>296</v>
+        <v>243</v>
       </c>
       <c r="B50" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C50" t="s">
-        <v>297</v>
+        <v>150</v>
       </c>
       <c r="D50" t="s">
-        <v>298</v>
+        <v>244</v>
       </c>
       <c r="E50" t="s">
-        <v>213</v>
+        <v>152</v>
       </c>
       <c r="F50" s="5">
-        <v>6936572400358</v>
+        <v>6937452752192</v>
       </c>
       <c r="G50" t="s" s="4">
-        <v>299</v>
+        <v>245</v>
       </c>
       <c r="H50" t="s" s="4">
-        <v>300</v>
+        <v>196</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>301</v>
+        <v>246</v>
       </c>
       <c r="B51" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C51" t="s">
-        <v>302</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>303</v>
+        <v>247</v>
       </c>
       <c r="E51" t="s">
-        <v>288</v>
+        <v>157</v>
       </c>
       <c r="F51" s="5">
-        <v>6936572401539</v>
+        <v>6937452752291</v>
       </c>
       <c r="G51" t="s" s="4">
-        <v>304</v>
+        <v>248</v>
       </c>
       <c r="H51" t="s" s="4">
-        <v>305</v>
+        <v>132</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>306</v>
+        <v>249</v>
       </c>
       <c r="B52" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C52" t="s">
-        <v>307</v>
+        <v>128</v>
       </c>
       <c r="D52" t="s">
-        <v>308</v>
+        <v>250</v>
       </c>
       <c r="E52" t="s">
-        <v>288</v>
+        <v>130</v>
       </c>
       <c r="F52" s="5">
-        <v>6936572400945</v>
+        <v>6937452752550</v>
       </c>
       <c r="G52" t="s" s="4">
-        <v>309</v>
+        <v>251</v>
       </c>
       <c r="H52" t="s" s="4">
-        <v>310</v>
+        <v>132</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>311</v>
+        <v>252</v>
       </c>
       <c r="B53" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C53" t="s">
-        <v>312</v>
+        <v>253</v>
       </c>
       <c r="D53" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="E53" t="s">
-        <v>313</v>
+        <v>130</v>
       </c>
       <c r="F53" s="5">
-        <v>6936572400426</v>
+        <v>6937452751843</v>
       </c>
       <c r="G53" t="s" s="4">
-        <v>314</v>
+        <v>255</v>
       </c>
       <c r="H53" t="s" s="4">
-        <v>315</v>
+        <v>256</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>316</v>
+        <v>257</v>
       </c>
       <c r="B54" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C54" t="s">
-        <v>232</v>
+        <v>110</v>
       </c>
       <c r="D54" t="s">
-        <v>317</v>
+        <v>258</v>
       </c>
       <c r="E54" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="F54"/>
+        <v>259</v>
+      </c>
+      <c r="F54" s="5">
+        <v>6937452751188</v>
+      </c>
       <c r="G54" t="s" s="4">
-        <v>319</v>
+        <v>260</v>
       </c>
       <c r="H54" t="s" s="4">
-        <v>236</v>
+        <v>114</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>320</v>
+        <v>261</v>
       </c>
       <c r="B55" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C55" t="s">
-        <v>238</v>
+        <v>212</v>
       </c>
       <c r="D55" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="E55" t="s">
-        <v>183</v>
+        <v>167</v>
       </c>
       <c r="F55" s="5">
-        <v>6936572401089</v>
+        <v>6937452751621</v>
       </c>
       <c r="G55" t="s" s="4">
-        <v>321</v>
+        <v>263</v>
       </c>
       <c r="H55" t="s" s="4">
-        <v>322</v>
+        <v>215</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>323</v>
+        <v>264</v>
       </c>
       <c r="B56" t="s">
+        <v>109</v>
+      </c>
+      <c r="C56" t="s">
+        <v>177</v>
+      </c>
+      <c r="D56" t="s">
+        <v>265</v>
+      </c>
+      <c r="E56" t="s">
+        <v>152</v>
+      </c>
+      <c r="F56" s="5">
+        <v>6937452752352</v>
+      </c>
+      <c r="G56" t="s" s="4">
+        <v>266</v>
+      </c>
+      <c r="H56" t="s" s="4">
         <v>180</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>328</v>
+        <v>267</v>
       </c>
       <c r="B57" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C57" t="s">
-        <v>329</v>
+        <v>128</v>
       </c>
       <c r="D57" t="s">
-        <v>194</v>
+        <v>268</v>
       </c>
       <c r="E57" t="s">
-        <v>195</v>
+        <v>157</v>
       </c>
       <c r="F57" s="5">
-        <v>6936572401379</v>
+        <v>6937452752376</v>
       </c>
       <c r="G57" t="s" s="4">
-        <v>330</v>
+        <v>269</v>
       </c>
       <c r="H57" t="s" s="4">
-        <v>331</v>
+        <v>132</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>332</v>
+        <v>270</v>
       </c>
       <c r="B58" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="C58" t="s">
-        <v>333</v>
+        <v>185</v>
       </c>
       <c r="D58" t="s">
-        <v>334</v>
+        <v>271</v>
       </c>
       <c r="E58" t="s">
-        <v>335</v>
+        <v>187</v>
       </c>
       <c r="F58" s="5">
-        <v>6936572401164</v>
+        <v>6937452751058</v>
       </c>
       <c r="G58" t="s" s="4">
-        <v>336</v>
+        <v>272</v>
       </c>
       <c r="H58" t="s" s="4">
-        <v>337</v>
+        <v>189</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>338</v>
+        <v>273</v>
       </c>
       <c r="B59" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C59" t="s">
-        <v>339</v>
+        <v>275</v>
       </c>
       <c r="D59" t="s">
-        <v>340</v>
+        <v>276</v>
       </c>
       <c r="E59" t="s">
-        <v>341</v>
+        <v>277</v>
       </c>
       <c r="F59" s="5">
-        <v>6936572401416</v>
+        <v>4042485354663</v>
       </c>
       <c r="G59" t="s" s="4">
-        <v>342</v>
+        <v>278</v>
       </c>
       <c r="H59" t="s" s="4">
-        <v>343</v>
+        <v>279</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>344</v>
+        <v>280</v>
       </c>
       <c r="B60" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C60" t="s">
-        <v>345</v>
+        <v>281</v>
       </c>
       <c r="D60" t="s">
-        <v>346</v>
+        <v>282</v>
       </c>
       <c r="E60" t="s">
-        <v>213</v>
+        <v>283</v>
       </c>
       <c r="F60" s="5">
-        <v>6936572401034</v>
+        <v>4042485606991</v>
       </c>
       <c r="G60" t="s" s="4">
-        <v>347</v>
+        <v>284</v>
       </c>
       <c r="H60" t="s" s="4">
-        <v>348</v>
+        <v>285</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>349</v>
+        <v>286</v>
       </c>
       <c r="B61" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C61" t="s">
-        <v>350</v>
+        <v>287</v>
       </c>
       <c r="D61" t="s">
-        <v>351</v>
+        <v>288</v>
       </c>
       <c r="E61" t="s">
-        <v>250</v>
+        <v>289</v>
       </c>
       <c r="F61" s="5">
-        <v>6936572401638</v>
+        <v>4042485427442</v>
       </c>
       <c r="G61" t="s" s="4">
-        <v>352</v>
+        <v>290</v>
       </c>
       <c r="H61" t="s" s="4">
-        <v>353</v>
+        <v>291</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>354</v>
+        <v>292</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C62" t="s">
-        <v>355</v>
+        <v>293</v>
       </c>
       <c r="D62" t="s">
-        <v>356</v>
+        <v>294</v>
       </c>
       <c r="E62" t="s">
-        <v>223</v>
+        <v>295</v>
       </c>
       <c r="F62" s="5">
-        <v>6936572400327</v>
+        <v>4042485356995</v>
       </c>
       <c r="G62" t="s" s="4">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="H62" t="s" s="4">
-        <v>358</v>
+        <v>297</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>359</v>
+        <v>298</v>
       </c>
       <c r="B63" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C63" t="s">
-        <v>232</v>
+        <v>299</v>
       </c>
       <c r="D63" t="s">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="E63" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="F63"/>
+        <v>301</v>
+      </c>
+      <c r="F63" s="5">
+        <v>4042485357961</v>
+      </c>
       <c r="G63" t="s" s="4">
-        <v>362</v>
+        <v>302</v>
       </c>
       <c r="H63" t="s" s="4">
-        <v>236</v>
+        <v>303</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>363</v>
+        <v>304</v>
       </c>
       <c r="B64" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C64" t="s">
-        <v>364</v>
+        <v>305</v>
       </c>
       <c r="D64" t="s">
-        <v>365</v>
+        <v>306</v>
       </c>
       <c r="E64" t="s">
-        <v>366</v>
+        <v>307</v>
       </c>
       <c r="F64" s="5">
-        <v>6936572401126</v>
+        <v>4042485605536</v>
       </c>
       <c r="G64" t="s" s="4">
-        <v>367</v>
+        <v>308</v>
       </c>
       <c r="H64" t="s" s="4">
-        <v>368</v>
+        <v>309</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>369</v>
+        <v>310</v>
       </c>
       <c r="B65" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C65" t="s">
-        <v>370</v>
+        <v>311</v>
       </c>
       <c r="D65" t="s">
-        <v>243</v>
+        <v>312</v>
       </c>
       <c r="E65" t="s">
-        <v>244</v>
+        <v>313</v>
       </c>
       <c r="F65" s="5">
-        <v>6936572401485</v>
+        <v>4042485289279</v>
       </c>
       <c r="G65" t="s" s="4">
-        <v>371</v>
+        <v>314</v>
       </c>
       <c r="H65" t="s" s="4">
-        <v>372</v>
+        <v>315</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>373</v>
+        <v>316</v>
       </c>
       <c r="B66" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C66" t="s">
-        <v>374</v>
+        <v>317</v>
       </c>
       <c r="D66" t="s">
-        <v>249</v>
+        <v>318</v>
       </c>
       <c r="E66" t="s">
-        <v>250</v>
+        <v>319</v>
       </c>
       <c r="F66" s="5">
-        <v>6936572401508</v>
+        <v>4042485615849</v>
       </c>
       <c r="G66" t="s" s="4">
-        <v>375</v>
+        <v>320</v>
       </c>
       <c r="H66" t="s" s="4">
-        <v>376</v>
+        <v>321</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>377</v>
+        <v>322</v>
       </c>
       <c r="B67" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C67" t="s">
-        <v>378</v>
+        <v>323</v>
       </c>
       <c r="D67" t="s">
-        <v>379</v>
+        <v>324</v>
       </c>
       <c r="E67" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="F67" s="5">
-        <v>6936572401430</v>
+        <v>4042485667060</v>
       </c>
       <c r="G67" t="s" s="4">
-        <v>381</v>
+        <v>326</v>
       </c>
       <c r="H67" t="s" s="4">
-        <v>382</v>
+        <v>327</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>383</v>
+        <v>328</v>
       </c>
       <c r="B68" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C68" t="s">
-        <v>384</v>
+        <v>329</v>
       </c>
       <c r="D68" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E68" t="s">
-        <v>288</v>
+        <v>331</v>
       </c>
       <c r="F68" s="5">
-        <v>6936572401331</v>
+        <v>4042485427466</v>
       </c>
       <c r="G68" t="s" s="4">
-        <v>386</v>
+        <v>332</v>
       </c>
       <c r="H68" t="s" s="4">
-        <v>387</v>
+        <v>333</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>388</v>
+        <v>334</v>
       </c>
       <c r="B69" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C69" t="s">
-        <v>389</v>
+        <v>335</v>
       </c>
       <c r="D69" t="s">
-        <v>222</v>
+        <v>336</v>
       </c>
       <c r="E69" t="s">
-        <v>266</v>
+        <v>337</v>
       </c>
       <c r="F69" s="5">
-        <v>6936572400310</v>
+        <v>4042485089381</v>
       </c>
       <c r="G69" t="s" s="4">
-        <v>390</v>
+        <v>338</v>
       </c>
       <c r="H69" t="s" s="4">
-        <v>391</v>
+        <v>339</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>392</v>
+        <v>340</v>
       </c>
       <c r="B70" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C70" t="s">
-        <v>393</v>
+        <v>341</v>
       </c>
       <c r="D70" t="s">
-        <v>394</v>
+        <v>342</v>
       </c>
       <c r="E70" t="s">
-        <v>395</v>
+        <v>343</v>
       </c>
       <c r="F70" s="5">
-        <v>6936572401515</v>
+        <v>4042485288869</v>
       </c>
       <c r="G70" t="s" s="4">
-        <v>396</v>
+        <v>344</v>
       </c>
       <c r="H70" t="s" s="4">
-        <v>397</v>
+        <v>345</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>398</v>
+        <v>346</v>
       </c>
       <c r="B71" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C71" t="s">
-        <v>399</v>
+        <v>347</v>
       </c>
       <c r="D71" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="E71" t="s">
-        <v>400</v>
+        <v>349</v>
       </c>
       <c r="F71" s="5">
-        <v>6936572400334</v>
+        <v>4042485607097</v>
       </c>
       <c r="G71" t="s" s="4">
-        <v>401</v>
+        <v>350</v>
       </c>
       <c r="H71" t="s" s="4">
-        <v>402</v>
+        <v>351</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>403</v>
+        <v>352</v>
       </c>
       <c r="B72" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C72" t="s">
-        <v>181</v>
+        <v>353</v>
       </c>
       <c r="D72" t="s">
-        <v>404</v>
+        <v>354</v>
       </c>
       <c r="E72" t="s">
-        <v>183</v>
+        <v>355</v>
       </c>
       <c r="F72" s="5">
-        <v>6936572401072</v>
+        <v>4042485369636</v>
       </c>
       <c r="G72" t="s" s="4">
-        <v>405</v>
+        <v>356</v>
       </c>
       <c r="H72" t="s" s="4">
-        <v>406</v>
+        <v>357</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>407</v>
+        <v>358</v>
       </c>
       <c r="B73" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C73" t="s">
-        <v>408</v>
+        <v>359</v>
       </c>
       <c r="D73" t="s">
-        <v>409</v>
+        <v>360</v>
       </c>
       <c r="E73" t="s">
-        <v>276</v>
+        <v>361</v>
       </c>
       <c r="F73" s="5">
-        <v>6936572400976</v>
+        <v>4042485609466</v>
       </c>
       <c r="G73" t="s" s="4">
-        <v>410</v>
+        <v>362</v>
       </c>
       <c r="H73" t="s" s="4">
-        <v>411</v>
+        <v>363</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>412</v>
+        <v>364</v>
       </c>
       <c r="B74" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C74" t="s">
-        <v>413</v>
+        <v>365</v>
       </c>
       <c r="D74" t="s">
-        <v>414</v>
+        <v>366</v>
       </c>
       <c r="E74" t="s">
-        <v>282</v>
+        <v>367</v>
       </c>
       <c r="F74" s="5">
-        <v>6936572401225</v>
+        <v>4042485426308</v>
       </c>
       <c r="G74" t="s" s="4">
-        <v>415</v>
+        <v>368</v>
       </c>
       <c r="H74" t="s" s="4">
-        <v>416</v>
+        <v>369</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>417</v>
+        <v>370</v>
       </c>
       <c r="B75" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C75" t="s">
-        <v>418</v>
+        <v>371</v>
       </c>
       <c r="D75" t="s">
-        <v>419</v>
+        <v>372</v>
       </c>
       <c r="E75" t="s">
-        <v>256</v>
+        <v>373</v>
       </c>
       <c r="F75" s="5">
-        <v>6936572401195</v>
+        <v>4042485668562</v>
       </c>
       <c r="G75" t="s" s="4">
-        <v>420</v>
+        <v>374</v>
       </c>
       <c r="H75" t="s" s="4">
-        <v>421</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>422</v>
+        <v>376</v>
       </c>
       <c r="B76" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C76" t="s">
-        <v>423</v>
+        <v>377</v>
       </c>
       <c r="D76" t="s">
-        <v>424</v>
+        <v>378</v>
       </c>
       <c r="E76" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="F76" s="5">
-        <v>6936572401348</v>
+        <v>4042485598883</v>
       </c>
       <c r="G76" t="s" s="4">
-        <v>425</v>
+        <v>380</v>
       </c>
       <c r="H76" t="s" s="4">
-        <v>426</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>427</v>
+        <v>382</v>
       </c>
       <c r="B77" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C77" t="s">
-        <v>428</v>
+        <v>383</v>
       </c>
       <c r="D77" t="s">
-        <v>212</v>
+        <v>384</v>
       </c>
       <c r="E77" t="s">
-        <v>429</v>
+        <v>385</v>
       </c>
       <c r="F77" s="5">
-        <v>6936572400457</v>
+        <v>4042485286223</v>
       </c>
       <c r="G77" t="s" s="4">
-        <v>430</v>
+        <v>386</v>
       </c>
       <c r="H77" t="s" s="4">
-        <v>431</v>
+        <v>387</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>432</v>
+        <v>388</v>
       </c>
       <c r="B78" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C78" t="s">
-        <v>433</v>
+        <v>389</v>
       </c>
       <c r="D78" t="s">
-        <v>434</v>
+        <v>390</v>
       </c>
       <c r="E78" t="s">
-        <v>201</v>
+        <v>391</v>
       </c>
       <c r="F78" s="5">
-        <v>6936572401522</v>
+        <v>4042485286926</v>
       </c>
       <c r="G78" t="s" s="4">
-        <v>435</v>
+        <v>392</v>
       </c>
       <c r="H78" t="s" s="4">
-        <v>436</v>
+        <v>393</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>437</v>
+        <v>394</v>
       </c>
       <c r="B79" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="C79" t="s">
-        <v>438</v>
+        <v>396</v>
       </c>
       <c r="D79" t="s">
-        <v>439</v>
+        <v>397</v>
       </c>
       <c r="E79" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>6936572401188</v>
+        <v>398</v>
+      </c>
+      <c r="F79" t="s" s="3">
+        <v>399</v>
       </c>
       <c r="G79" t="s" s="4">
-        <v>441</v>
+        <v>400</v>
       </c>
       <c r="H79" t="s" s="4">
-        <v>442</v>
+        <v>401</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>443</v>
+        <v>402</v>
       </c>
       <c r="B80" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="C80" t="s">
-        <v>444</v>
+        <v>396</v>
       </c>
       <c r="D80" t="s">
-        <v>212</v>
+        <v>403</v>
       </c>
       <c r="E80" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>6936572400433</v>
+        <v>404</v>
+      </c>
+      <c r="F80" t="s" s="3">
+        <v>405</v>
       </c>
       <c r="G80" t="s" s="4">
-        <v>446</v>
+        <v>406</v>
       </c>
       <c r="H80" t="s" s="4">
-        <v>447</v>
+        <v>407</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>448</v>
+        <v>408</v>
       </c>
       <c r="B81" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="C81" t="s">
-        <v>232</v>
+        <v>396</v>
       </c>
       <c r="D81" t="s">
-        <v>449</v>
+        <v>409</v>
       </c>
       <c r="E81" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="F81"/>
+        <v>398</v>
+      </c>
+      <c r="F81" t="s" s="3">
+        <v>410</v>
+      </c>
       <c r="G81" t="s" s="4">
-        <v>450</v>
+        <v>411</v>
       </c>
       <c r="H81" t="s" s="4">
-        <v>236</v>
+        <v>412</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>451</v>
+        <v>413</v>
       </c>
       <c r="B82" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="C82" t="s">
-        <v>238</v>
+        <v>396</v>
       </c>
       <c r="D82" t="s">
+        <v>414</v>
+      </c>
+      <c r="E82" t="s">
         <v>404</v>
       </c>
-      <c r="E82" t="s">
-[...3 lines deleted...]
-        <v>6936572401096</v>
+      <c r="F82" t="s" s="3">
+        <v>415</v>
       </c>
       <c r="G82" t="s" s="4">
-        <v>452</v>
+        <v>416</v>
       </c>
       <c r="H82" t="s" s="4">
-        <v>453</v>
+        <v>417</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>454</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>180</v>
+        <v>419</v>
       </c>
       <c r="C83" t="s">
-        <v>455</v>
+        <v>420</v>
       </c>
       <c r="D83" t="s">
-        <v>456</v>
+        <v>421</v>
       </c>
       <c r="E83" t="s">
-        <v>457</v>
+        <v>422</v>
       </c>
       <c r="F83" s="5">
-        <v>6936572401478</v>
+        <v>4906752246856</v>
       </c>
       <c r="G83" t="s" s="4">
-        <v>458</v>
+        <v>423</v>
       </c>
       <c r="H83" t="s" s="4">
-        <v>459</v>
+        <v>424</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>460</v>
+        <v>425</v>
       </c>
       <c r="B84" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>419</v>
+      </c>
+      <c r="C84">
+        <v>6513</v>
       </c>
       <c r="D84" t="s">
-        <v>462</v>
+        <v>426</v>
       </c>
       <c r="E84" t="s">
-        <v>361</v>
+        <v>427</v>
       </c>
       <c r="F84" s="5">
-        <v>6936572401423</v>
+        <v>4906752257722</v>
       </c>
       <c r="G84" t="s" s="4">
-        <v>463</v>
+        <v>428</v>
       </c>
       <c r="H84" t="s" s="4">
-        <v>464</v>
+        <v>429</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>465</v>
+        <v>430</v>
       </c>
       <c r="B85" t="s">
-        <v>180</v>
+        <v>431</v>
       </c>
       <c r="C85" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="D85"/>
+        <v>432</v>
+      </c>
+      <c r="D85" t="s">
+        <v>433</v>
+      </c>
       <c r="E85" t="s">
-        <v>201</v>
+        <v>434</v>
       </c>
       <c r="F85" s="5">
-        <v>6936572401171</v>
+        <v>732311014154</v>
       </c>
       <c r="G85" t="s" s="4">
-        <v>467</v>
+        <v>435</v>
       </c>
       <c r="H85" t="s" s="4">
-        <v>468</v>
+        <v>436</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>469</v>
+        <v>437</v>
       </c>
       <c r="B86" t="s">
-        <v>180</v>
+        <v>431</v>
       </c>
       <c r="C86" t="s">
-        <v>470</v>
+        <v>438</v>
       </c>
       <c r="D86" t="s">
-        <v>471</v>
+        <v>439</v>
       </c>
       <c r="E86" t="s">
-        <v>472</v>
+        <v>440</v>
       </c>
       <c r="F86" s="5">
-        <v>6936572401461</v>
+        <v>732311014147</v>
       </c>
       <c r="G86" t="s" s="4">
-        <v>473</v>
+        <v>441</v>
       </c>
       <c r="H86" t="s" s="4">
-        <v>474</v>
+        <v>442</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>475</v>
+        <v>443</v>
       </c>
       <c r="B87" t="s">
-        <v>180</v>
+        <v>444</v>
       </c>
       <c r="C87" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
       <c r="D87" t="s">
-        <v>477</v>
+        <v>446</v>
       </c>
       <c r="E87" t="s">
-        <v>478</v>
+        <v>447</v>
       </c>
       <c r="F87" s="5">
-        <v>6936572401140</v>
+        <v>4712968954177</v>
       </c>
       <c r="G87" t="s" s="4">
-        <v>479</v>
+        <v>448</v>
       </c>
       <c r="H87" t="s" s="4">
-        <v>480</v>
-[...285 lines deleted...]
-        <v>536</v>
+        <v>449</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <hyperlinks>
-    <hyperlink ref="G2" r:id="rId1" location="" display="https://www.holdan.co.uk/Atomos/cold-shoe-mount"/>
-[...192 lines deleted...]
-    <hyperlink ref="H98" r:id="rId194" location="" display="https://resource.holdan.co.uk/Samyang/HiRes/Samyang_F1216306101_print.zip"/>
+    <hyperlink ref="G2" r:id="rId1" location="" display="https://www.holdan.co.uk/Atomos/shogun-av-19"/>
+    <hyperlink ref="H2" r:id="rId2" location="" display="https://resource.holdan.co.uk/Atomos/HiRes/Atomos_ATOMSHGAV1_print.zip"/>
+    <hyperlink ref="G3" r:id="rId3" location="" display="https://www.holdan.co.uk/Atomos/ninja-raw"/>
+    <hyperlink ref="H3" r:id="rId4" location="" display="https://resource.holdan.co.uk/Atomos/HiRes/Atomos_ATOMNJRW01_print.zip"/>
+    <hyperlink ref="G4" r:id="rId5" location="" display="https://www.holdan.co.uk/BirdDog/x1-30-bundle-b"/>
+    <hyperlink ref="H4" r:id="rId6" location="" display="https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDX1-30B_print.zip"/>
+    <hyperlink ref="G5" r:id="rId7" location="" display="https://www.holdan.co.uk/BirdDog/play-pro"/>
+    <hyperlink ref="H5" r:id="rId8" location="" display="https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDPLAYPRO_print.zip"/>
+    <hyperlink ref="G6" r:id="rId9" location="" display="https://www.holdan.co.uk/BirdDog/x1-30-bundle-w"/>
+    <hyperlink ref="H6" r:id="rId10" location="" display="https://resource.holdan.co.uk/BirdDog/HiRes/BirdDog_BDX1-30W_print.zip"/>
+    <hyperlink ref="G7" r:id="rId11" location="" display="https://www.holdan.co.uk/Blackmagic+Design/camera-prodock"/>
+    <hyperlink ref="H7" r:id="rId12" location="" display="https://resource.holdan.co.uk/Blackmagic+Design/HiRes/Blackmagic-Design_CINTDOCKPRO_print.zip"/>
+    <hyperlink ref="G8" r:id="rId13" location="" display="https://www.holdan.co.uk/Datavideo/voicetrx50"/>
+    <hyperlink ref="H8" r:id="rId14" location="" display="https://resource.holdan.co.uk/Datavideo/HiRes/Datavideo_VoiceTRX50_print.zip"/>
+    <hyperlink ref="G9" r:id="rId15" location="" display="https://www.holdan.co.uk/Datavideo/vtc-100"/>
+    <hyperlink ref="H9" r:id="rId16" location="" display="https://resource.holdan.co.uk/Datavideo/HiRes/Datavideo_VTC-100_print.zip"/>
+    <hyperlink ref="G10" r:id="rId17" location="" display="https://www.holdan.co.uk/Logickeyboard/davinci-resolve-classic-layout-titan-wireless-backlit-keyboard-mac"/>
+    <hyperlink ref="H10" r:id="rId18" location="" display="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-RESC-TM-UK_print.zip"/>
+    <hyperlink ref="G11" r:id="rId19" location="" display="https://www.holdan.co.uk/Logickeyboard/dyslexie-titan-wireless-backlit-keyboard-windows"/>
+    <hyperlink ref="H11" r:id="rId20" location="" display="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-DYSLEX-TPC-UK_print.zip"/>
+    <hyperlink ref="G12" r:id="rId21" location="" display="https://www.holdan.co.uk/Logickeyboard/davinci-resolve-classic-layout-titan-wireless-backlit-keyboard-windows"/>
+    <hyperlink ref="H12" r:id="rId22" location="" display="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-RESC-TPC-UK_print.zip"/>
+    <hyperlink ref="G13" r:id="rId23" location="" display="https://www.holdan.co.uk/Logickeyboard/dyslexie-titan-wireless-backlit-keyboard-mac"/>
+    <hyperlink ref="H13" r:id="rId24" location="" display="https://resource.holdan.co.uk/Logickeyboard/HiRes/Logickeyboard_LKB-DYSLEX-TM-UK_print.zip"/>
+    <hyperlink ref="G14" r:id="rId25" location="" display="https://www.holdan.co.uk/Lumens/vc-tr41n-b"/>
+    <hyperlink ref="H14" r:id="rId26" location="" display="https://resource.holdan.co.uk/Lumens/HiRes/Lumens_VC-TR41NB_print.zip"/>
+    <hyperlink ref="G15" r:id="rId27" location="" display="https://www.holdan.co.uk/Lumens/vc-tr41n-w"/>
+    <hyperlink ref="H15" r:id="rId28" location="" display="https://resource.holdan.co.uk/Lumens/HiRes/Lumens_VC-TR41NW_print.zip"/>
+    <hyperlink ref="G16" r:id="rId29" location="" display="https://www.holdan.co.uk/Magewell/pro-convert-ip-to-hdmi"/>
+    <hyperlink ref="H16" r:id="rId30" location="" display="https://resource.holdan.co.uk/Magewell/HiRes/Magewell_644300000_print.zip"/>
+    <hyperlink ref="G17" r:id="rId31" location="" display="https://www.holdan.co.uk/Panasonic/aw-rp200gj"/>
+    <hyperlink ref="H17" r:id="rId32" location="" display="https://resource.holdan.co.uk/Panasonic/HiRes/Panasonic_AW-RP200GJ_print.zip"/>
+    <hyperlink ref="G18" r:id="rId33" location="" display="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-ap"/>
+    <hyperlink ref="H18" r:id="rId34" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip"/>
+    <hyperlink ref="G19" r:id="rId35" location="" display="https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-lg"/>
+    <hyperlink ref="H19" r:id="rId36" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneGo-Pocket-Sling_print.zip"/>
+    <hyperlink ref="G20" r:id="rId37" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-cb"/>
+    <hyperlink ref="H20" r:id="rId38" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Vintage_print.zip"/>
+    <hyperlink ref="G21" r:id="rId39" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-cb"/>
+    <hyperlink ref="H21" r:id="rId40" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G22" r:id="rId41" location="" display="https://www.holdan.co.uk/PGYTECH/camera-cage-for-insta360-x4-air"/>
+    <hyperlink ref="H22" r:id="rId42" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_P-61A-020_print.zip"/>
+    <hyperlink ref="G23" r:id="rId43" location="" display="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-20-sb"/>
+    <hyperlink ref="H23" r:id="rId44" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip"/>
+    <hyperlink ref="G24" r:id="rId45" location="" display="https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-35-cb"/>
+    <hyperlink ref="H24" r:id="rId46" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Tactical-BackPack_print.zip"/>
+    <hyperlink ref="G25" r:id="rId47" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-wg"/>
+    <hyperlink ref="H25" r:id="rId48" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-outdoor_print.zip"/>
+    <hyperlink ref="G26" r:id="rId49" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-ab"/>
+    <hyperlink ref="H26" r:id="rId50" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G27" r:id="rId51" location="" display="https://www.holdan.co.uk/PGYTECH/createmate-high-speed-mini-card-reader-case-cb"/>
+    <hyperlink ref="H27" r:id="rId52" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_CreateMate-High-speed-Mini-Card-Reader-Case_print.zip"/>
+    <hyperlink ref="G28" r:id="rId53" location="" display="https://www.holdan.co.uk/PGYTECH/linkgo-phone-photography-strap-braided-dual"/>
+    <hyperlink ref="H28" r:id="rId54" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_P-PG-095_print.zip"/>
+    <hyperlink ref="G29" r:id="rId55" location="" display="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-20-mg"/>
+    <hyperlink ref="H29" r:id="rId56" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip"/>
+    <hyperlink ref="G30" r:id="rId57" location="" display="https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-sb"/>
+    <hyperlink ref="H30" r:id="rId58" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneGo-Pocket-Sling_print.zip"/>
+    <hyperlink ref="G31" r:id="rId59" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-tb"/>
+    <hyperlink ref="H31" r:id="rId60" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Trendy_print.zip"/>
+    <hyperlink ref="G32" r:id="rId61" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-lp"/>
+    <hyperlink ref="H32" r:id="rId62" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G33" r:id="rId63" location="" display="https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-mg"/>
+    <hyperlink ref="H33" r:id="rId64" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_MagCam-2-Phone-Grip_print.zip"/>
+    <hyperlink ref="G34" r:id="rId65" location="" display="https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-25-dnc"/>
+    <hyperlink ref="H34" r:id="rId66" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Tactical-BackPack_print.zip"/>
+    <hyperlink ref="G35" r:id="rId67" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-br"/>
+    <hyperlink ref="H35" r:id="rId68" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim_print.zip"/>
+    <hyperlink ref="G36" r:id="rId69" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-og"/>
+    <hyperlink ref="H36" r:id="rId70" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Vintage_print.zip"/>
+    <hyperlink ref="G37" r:id="rId71" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-og"/>
+    <hyperlink ref="H37" r:id="rId72" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G38" r:id="rId73" location="" display="https://www.holdan.co.uk/PGYTECH/camera-cage-for-dji-osmo-360"/>
+    <hyperlink ref="H38" r:id="rId74" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYECH_P-63B-010_print.zip"/>
+    <hyperlink ref="G39" r:id="rId75" location="" display="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-sb"/>
+    <hyperlink ref="H39" r:id="rId76" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip"/>
+    <hyperlink ref="G40" r:id="rId77" location="" display="https://www.holdan.co.uk/PGYTECH/onemo-photography-waist-belt-dnc"/>
+    <hyperlink ref="H40" r:id="rId78" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Photography-Waist-Belt_print.zip"/>
+    <hyperlink ref="G41" r:id="rId79" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-mb"/>
+    <hyperlink ref="H41" r:id="rId80" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Trendy_print.zip"/>
+    <hyperlink ref="G42" r:id="rId81" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-wg"/>
+    <hyperlink ref="H42" r:id="rId82" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G43" r:id="rId83" location="" display="https://www.holdan.co.uk/PGYTECH/createmate-high-speed-mini-card-reader-case-iw"/>
+    <hyperlink ref="H43" r:id="rId84" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_CreateMate-High-speed-Mini-Card-Reader-Case_print.zip"/>
+    <hyperlink ref="G44" r:id="rId85" location="" display="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-30-mg"/>
+    <hyperlink ref="H44" r:id="rId86" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip"/>
+    <hyperlink ref="G45" r:id="rId87" location="" display="https://www.holdan.co.uk/PGYTECH/onego-pocket-sling-mw"/>
+    <hyperlink ref="H45" r:id="rId88" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneGo-Pocket-Sling_print.zip"/>
+    <hyperlink ref="G46" r:id="rId89" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-vintage-mb"/>
+    <hyperlink ref="H46" r:id="rId90" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Vintage_print.zip"/>
+    <hyperlink ref="G47" r:id="rId91" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-tb"/>
+    <hyperlink ref="H47" r:id="rId92" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G48" r:id="rId93" location="" display="https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-mgr"/>
+    <hyperlink ref="H48" r:id="rId94" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_MagCam-2-Phone-Grip_print.zip"/>
+    <hyperlink ref="G49" r:id="rId95" location="" display="https://www.holdan.co.uk/PGYTECH/onemo-tactical-backpack-35-dnc"/>
+    <hyperlink ref="H49" r:id="rId96" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Tactical-BackPack_print.zip"/>
+    <hyperlink ref="G50" r:id="rId97" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-outdoor-ab"/>
+    <hyperlink ref="H50" r:id="rId98" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim_print.zip"/>
+    <hyperlink ref="G51" r:id="rId99" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-br"/>
+    <hyperlink ref="H51" r:id="rId100" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G52" r:id="rId101" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-mb"/>
+    <hyperlink ref="H52" r:id="rId102" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G53" r:id="rId103" location="" display="https://www.holdan.co.uk/PGYTECH/linkgo-phone-photography-strap-webbing-dual"/>
+    <hyperlink ref="H53" r:id="rId104" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGTYECH_P-63B-010_print.zip"/>
+    <hyperlink ref="G54" r:id="rId105" location="" display="https://www.holdan.co.uk/PGYTECH/onepro-ultralight-backpack-40-sb"/>
+    <hyperlink ref="H54" r:id="rId106" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OnePro-Ultralight-Backpack_print.zip"/>
+    <hyperlink ref="G55" r:id="rId107" location="" display="https://www.holdan.co.uk/PGYTECH/onemo-photography-waist-belt-cb"/>
+    <hyperlink ref="H55" r:id="rId108" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_OneMo-Photography-Waist-Belt_print.zip"/>
+    <hyperlink ref="G56" r:id="rId109" location="" display="https://www.holdan.co.uk/PGYTECH/camera-strap-slim-trendy-lp"/>
+    <hyperlink ref="H56" r:id="rId110" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Strap-Slim-Trendy_print.zip"/>
+    <hyperlink ref="G57" r:id="rId111" location="" display="https://www.holdan.co.uk/PGYTECH/camera-wrist-strap-slim-mbl"/>
+    <hyperlink ref="H57" r:id="rId112" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_Camera-Wrist-Strap-Slim_print.zip"/>
+    <hyperlink ref="G58" r:id="rId113" location="" display="https://www.holdan.co.uk/PGYTECH/magcam-2-phone-grip-cb"/>
+    <hyperlink ref="H58" r:id="rId114" location="" display="https://resource.holdan.co.uk/PGYTECH/HiRes/PGYTECH_MagCam-2-Phone-Grip_print.zip"/>
+    <hyperlink ref="G59" r:id="rId115" location="" display="https://www.holdan.co.uk/Plustek/opticbook-4800"/>
+    <hyperlink ref="H59" r:id="rId116" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0202TS_print.zip"/>
+    <hyperlink ref="G60" r:id="rId117" location="" display="https://www.holdan.co.uk/Plustek/mobileoffice-s602"/>
+    <hyperlink ref="H60" r:id="rId118" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0287_print.zip"/>
+    <hyperlink ref="G61" r:id="rId119" location="" display="https://www.holdan.co.uk/Plustek/smartoffice-ps3180u"/>
+    <hyperlink ref="H61" r:id="rId120" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0284_print.zip"/>
+    <hyperlink ref="G62" r:id="rId121" location="" display="https://www.holdan.co.uk/Plustek/opticbook-3800l"/>
+    <hyperlink ref="H62" r:id="rId122" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0281_print.zip"/>
+    <hyperlink ref="G63" r:id="rId123" location="" display="https://www.holdan.co.uk/Plustek/opticbook-a300-plus"/>
+    <hyperlink ref="H63" r:id="rId124" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0291_print.zip"/>
+    <hyperlink ref="G64" r:id="rId125" location="" display="https://www.holdan.co.uk/Plustek/mobileoffice-d430-plus"/>
+    <hyperlink ref="H64" r:id="rId126" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0329_print.zip"/>
+    <hyperlink ref="G65" r:id="rId127" location="" display="https://www.holdan.co.uk/Plustek/opticslim-2700"/>
+    <hyperlink ref="H65" r:id="rId128" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0315TS_print.zip"/>
+    <hyperlink ref="G66" r:id="rId129" location="" display="https://www.holdan.co.uk/Plustek/smartoffice-sc8016u"/>
+    <hyperlink ref="H66" r:id="rId130" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0243TS_print.zip"/>
+    <hyperlink ref="G67" r:id="rId131" location="" display="https://www.holdan.co.uk/Plustek/securescan-x50"/>
+    <hyperlink ref="H67" r:id="rId132" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0324_print.zip"/>
+    <hyperlink ref="G68" r:id="rId133" location="" display="https://www.holdan.co.uk/Plustek/smartoffice-ps3140u"/>
+    <hyperlink ref="H68" r:id="rId134" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0297TS_print.zip"/>
+    <hyperlink ref="G69" r:id="rId135" location="" display="https://www.holdan.co.uk/Plustek/opticpro-a320e"/>
+    <hyperlink ref="H69" r:id="rId136" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0309TS_print.zip"/>
+    <hyperlink ref="G70" r:id="rId137" location="" display="https://www.holdan.co.uk/Plustek/opticslim-2610-plus"/>
+    <hyperlink ref="H70" r:id="rId138" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0304TS_print.zip"/>
+    <hyperlink ref="G71" r:id="rId139" location="" display="https://www.holdan.co.uk/Plustek/mobileoffice-ad480"/>
+    <hyperlink ref="H71" r:id="rId140" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0295TS_print.zip"/>
+    <hyperlink ref="G72" r:id="rId141" location="" display="https://www.holdan.co.uk/Plustek/opticfilm-8300i-se"/>
+    <hyperlink ref="H72" r:id="rId142" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0317UK_print.zip"/>
+    <hyperlink ref="G73" r:id="rId143" location="" display="https://www.holdan.co.uk/Plustek/mobileoffice-s410-plus"/>
+    <hyperlink ref="H73" r:id="rId144" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0314TS_print.zip"/>
+    <hyperlink ref="G74" r:id="rId145" location="" display="https://www.holdan.co.uk/Plustek/smartoffice-pl4080"/>
+    <hyperlink ref="H74" r:id="rId146" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0283TS_print.zip"/>
+    <hyperlink ref="G75" r:id="rId147" location="" display="https://www.holdan.co.uk/Plustek/securescan-x-mini"/>
+    <hyperlink ref="H75" r:id="rId148" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0305_print.zip"/>
+    <hyperlink ref="G76" r:id="rId149" location="" display="https://www.holdan.co.uk/Plustek/smartoffice-pn30u"/>
+    <hyperlink ref="H76" r:id="rId150" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0307TS_print.zip"/>
+    <hyperlink ref="G77" r:id="rId151" location="" display="https://www.holdan.co.uk/Plustek/opticslim-1180"/>
+    <hyperlink ref="H77" r:id="rId152" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0254UK_print.zip"/>
+    <hyperlink ref="G78" r:id="rId153" location="" display="https://www.holdan.co.uk/Plustek/opticslim-550-plus"/>
+    <hyperlink ref="H78" r:id="rId154" location="" display="https://resource.holdan.co.uk/Plustek/HiRes/Plustek_0278_print.zip"/>
+    <hyperlink ref="G79" r:id="rId155" location="" display="https://www.holdan.co.uk/PTZOptics/studio-se-12-g"/>
+    <hyperlink ref="H79" r:id="rId156" location="" display="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT12X-STUDIO-SE-GY-G3_print.zip"/>
+    <hyperlink ref="G80" r:id="rId157" location="" display="https://www.holdan.co.uk/PTZOptics/studio-se-20-w"/>
+    <hyperlink ref="H80" r:id="rId158" location="" display="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT20X-STUDIO-SE-WH-G3_print.zip"/>
+    <hyperlink ref="G81" r:id="rId159" location="" display="https://www.holdan.co.uk/PTZOptics/studio-se-12-w"/>
+    <hyperlink ref="H81" r:id="rId160" location="" display="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT12X-STUDIO-SE-WH-G3_print.zip"/>
+    <hyperlink ref="G82" r:id="rId161" location="" display="https://www.holdan.co.uk/PTZOptics/studio-se-20-g"/>
+    <hyperlink ref="H82" r:id="rId162" location="" display="https://resource.holdan.co.uk/PTZOptics/HiRes/PTZOptics_PT20X-STUDIO-SE-GY-G3_print.zip"/>
+    <hyperlink ref="G83" r:id="rId163" location="" display="https://www.holdan.co.uk/SLIK/maggy"/>
+    <hyperlink ref="H83" r:id="rId164" location="" display="https://resource.holdan.co.uk/SLIK/HiRes/SLIK_5246859_print.zip"/>
+    <hyperlink ref="G84" r:id="rId165" location="" display="https://www.holdan.co.uk/SLIK/6513"/>
+    <hyperlink ref="H84" r:id="rId166" location="" display="https://resource.holdan.co.uk/SLIK/HiRes/SLIK_6257729_print.zip"/>
+    <hyperlink ref="G85" r:id="rId167" location="" display="https://www.holdan.co.uk/Sonnet/echo-ii-dv-t5-rackmount-thunderbolt-5-expansion-system"/>
+    <hyperlink ref="H85" r:id="rId168" location="" display="https://resource.holdan.co.uk/Sonnet/HiRes/Sonnet_ECHO-2RDV-T5_print.zip"/>
+    <hyperlink ref="G86" r:id="rId169" location="" display="https://www.holdan.co.uk/Sonnet/echo-ii-dv-t5-desktop-thunderbolt-5-expansion-system"/>
+    <hyperlink ref="H86" r:id="rId170" location="" display="https://resource.holdan.co.uk/Sonnet/HiRes/Sonnet_ECHO-2DDV-T5_print.zip"/>
+    <hyperlink ref="G87" r:id="rId171" location="" display="https://www.holdan.co.uk/Wise+Advanced/wa-dsd06"/>
+    <hyperlink ref="H87" r:id="rId172" location="" display="https://resource.holdan.co.uk/Wise+Advanced/HiRes/Wise-Advanced_WA-DSD06_print.zip"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
   <Company>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</Company>
   <Manager>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>