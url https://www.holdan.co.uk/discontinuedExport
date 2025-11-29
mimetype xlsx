--- v0 (2025-10-03)
+++ v1 (2025-11-29)
@@ -9,386 +9,920 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Discontinued Holdan Products" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
     <t>ProdCode</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Short Description</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
-    <t>ACSBC01</t>
-[...11 lines deleted...]
-    <t>AOATOM4K60C5</t>
+    <t>AOATOM4K60C1</t>
   </si>
   <si>
     <t>Atomos</t>
   </si>
   <si>
-    <t>Full HDMI 4K60p 30cm</t>
-[...5 lines deleted...]
-    <t>BDFLEXENC</t>
+    <t>Micro HDMI 4K60p 30cm</t>
+  </si>
+  <si>
+    <t>Micro HDMI Cable</t>
+  </si>
+  <si>
+    <t>BDPTZK422232C</t>
   </si>
   <si>
     <t>BirdDog</t>
   </si>
   <si>
-    <t>Flex 4K IN</t>
-[...14 lines deleted...]
-    <t>BDFLEXCM</t>
+    <t>RS422/232 RJ45 Adaptor and RJ45 Coupler</t>
+  </si>
+  <si>
+    <t>RS422/232 RJ45 Adaptor + RJ45 Coupler for PTZ Keyboard</t>
+  </si>
+  <si>
+    <t>BDBDFLEXENCEXT4</t>
+  </si>
+  <si>
+    <t>4 Year Extended Warranty</t>
+  </si>
+  <si>
+    <t>4 Year Extended Warranty for Flex 4K IN</t>
+  </si>
+  <si>
+    <t>BDBDWPOUTEXT4</t>
+  </si>
+  <si>
+    <t>4 Year Extended Warranty for Wallplate Output</t>
+  </si>
+  <si>
+    <t>BDMINIVESA</t>
+  </si>
+  <si>
+    <t>Vesa Mount</t>
+  </si>
+  <si>
+    <t>Vesa Mount for Mini</t>
+  </si>
+  <si>
+    <t>BDBDFLEXBPEXT4</t>
+  </si>
+  <si>
+    <t>4 Year Extended Warranty for Flex 4K BACKPACK</t>
+  </si>
+  <si>
+    <t>BDBDMINIHDMIEX5</t>
+  </si>
+  <si>
+    <t>5 Year Extended Warranty</t>
+  </si>
+  <si>
+    <t>5 Year Extended Warranty for Mini</t>
+  </si>
+  <si>
+    <t>BDPTZK422232</t>
+  </si>
+  <si>
+    <t>RS422/232 RJ45 Adaptor</t>
+  </si>
+  <si>
+    <t>RS422/232 RJ45 Adaptor for PTZ Keyboard</t>
+  </si>
+  <si>
+    <t>BDBDFLEXDECEXT5</t>
+  </si>
+  <si>
+    <t>5 Year Extended Warranty for Flex 4K OUT</t>
+  </si>
+  <si>
+    <t>BDBDWPOUTEXT5</t>
+  </si>
+  <si>
+    <t>5 Year Extended Warranty for Wallplate Output</t>
+  </si>
+  <si>
+    <t>BDVW9PACK</t>
+  </si>
+  <si>
+    <t>VideoWall</t>
+  </si>
+  <si>
+    <t>VideoWall Software Kit with 9x PLAY</t>
+  </si>
+  <si>
+    <t>BDBDMINIHDMIEX4</t>
+  </si>
+  <si>
+    <t>4 Year Extended Warranty for Mini</t>
+  </si>
+  <si>
+    <t>BDCC45232</t>
+  </si>
+  <si>
+    <t>Control Cable Adapter</t>
+  </si>
+  <si>
+    <t>RJ45 to RS232 Control Cable Adapter</t>
+  </si>
+  <si>
+    <t>BDBDFLEXDECEXT4</t>
+  </si>
+  <si>
+    <t>4 Year Extended Warranty for Flex 4K OUT</t>
+  </si>
+  <si>
+    <t>BDBDWPINEXT5</t>
+  </si>
+  <si>
+    <t>5 Year Extended Warranty for Wallplate Input</t>
+  </si>
+  <si>
+    <t>BDVW4PACK</t>
+  </si>
+  <si>
+    <t>VideoWall Software Kit with 4x PLAY</t>
+  </si>
+  <si>
+    <t>BDBDFLEXENCEXT5</t>
+  </si>
+  <si>
+    <t>5 Year Extended Warranty for Flex 4K IN</t>
+  </si>
+  <si>
+    <t>BDMINICM</t>
   </si>
   <si>
     <t>Camera Mount</t>
   </si>
   <si>
-    <t>Camera Mount for Flex 4K Family</t>
-[...23 lines deleted...]
-    <t>P200 Full NDI PTZ Camera with Comms Pro, Central Pro &amp; Multiview Pro - Black</t>
+    <t>Camera Mount for Mini</t>
+  </si>
+  <si>
+    <t>BDBDFLEXBPEXT5</t>
+  </si>
+  <si>
+    <t>5 Year Extended Warranty for Flex 4K BACKPACK</t>
+  </si>
+  <si>
+    <t>BDBDWPINEXT4</t>
+  </si>
+  <si>
+    <t>4 Year Extended Warranty for Wallplate Input</t>
+  </si>
+  <si>
+    <t>BMDWEBCSEDHD</t>
   </si>
   <si>
     <t>Blackmagic Design</t>
   </si>
   <si>
-    <t>SSD Drive 512GB</t>
-[...23 lines deleted...]
-    <t>ELG10AAP9901</t>
+    <t>Streaming Encoder HD</t>
+  </si>
+  <si>
+    <t>Complete streaming solution</t>
+  </si>
+  <si>
+    <t>COKIN11270</t>
+  </si>
+  <si>
+    <t>Cokin</t>
+  </si>
+  <si>
+    <t>NX Golden Hour Kit</t>
+  </si>
+  <si>
+    <t>ELG10GBE9901</t>
   </si>
   <si>
     <t>Elgato</t>
   </si>
   <si>
-    <t>Mini Mount</t>
-[...14 lines deleted...]
-    <t>KONBMPCCBASERIG</t>
+    <t>HD60 X</t>
+  </si>
+  <si>
+    <t>Stunning 4K30 or 1080p60 HDR10 External Capture Card</t>
+  </si>
+  <si>
+    <t>EPIESP0419</t>
+  </si>
+  <si>
+    <t>Epiphan Video</t>
+  </si>
+  <si>
+    <t>DVI2PCIe AV Kit</t>
+  </si>
+  <si>
+    <t>Extend the functionality of your DVI2PCIe Duo capture card and add even more video and audio inputs</t>
+  </si>
+  <si>
+    <t>KENKO2934</t>
+  </si>
+  <si>
+    <t>Kenko</t>
+  </si>
+  <si>
+    <t>58mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 58mm</t>
+  </si>
+  <si>
+    <t>KENKO2952</t>
+  </si>
+  <si>
+    <t>52mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 52mm</t>
+  </si>
+  <si>
+    <t>KENKO2959</t>
+  </si>
+  <si>
+    <t>82mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 82mm</t>
+  </si>
+  <si>
+    <t>KENKO2967</t>
+  </si>
+  <si>
+    <t>72mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 72mm</t>
+  </si>
+  <si>
+    <t>KENKO2922</t>
+  </si>
+  <si>
+    <t>52mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 52mm</t>
+  </si>
+  <si>
+    <t>KENKO2929</t>
+  </si>
+  <si>
+    <t>82mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 82mm</t>
+  </si>
+  <si>
+    <t>KENKO2937</t>
+  </si>
+  <si>
+    <t>72mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 72mm</t>
+  </si>
+  <si>
+    <t>KENKO2955</t>
+  </si>
+  <si>
+    <t>62mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 62mm</t>
+  </si>
+  <si>
+    <t>KENKO2963</t>
+  </si>
+  <si>
+    <t>55mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 55mm</t>
+  </si>
+  <si>
+    <t>KENKO2925</t>
+  </si>
+  <si>
+    <t>62mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 62mm</t>
+  </si>
+  <si>
+    <t>KENKO2933</t>
+  </si>
+  <si>
+    <t>55mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 55mm</t>
+  </si>
+  <si>
+    <t>KENKO2951</t>
+  </si>
+  <si>
+    <t>49mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 49mm</t>
+  </si>
+  <si>
+    <t>KENKO2958</t>
+  </si>
+  <si>
+    <t>77mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 77mm</t>
+  </si>
+  <si>
+    <t>KENKO2966</t>
+  </si>
+  <si>
+    <t>67mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 67mm</t>
+  </si>
+  <si>
+    <t>KENKO2921</t>
+  </si>
+  <si>
+    <t>49mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 49mm</t>
+  </si>
+  <si>
+    <t>KENKO2928</t>
+  </si>
+  <si>
+    <t>77mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 77mm</t>
+  </si>
+  <si>
+    <t>KENKO2936</t>
+  </si>
+  <si>
+    <t>67mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 67mm</t>
+  </si>
+  <si>
+    <t>KENKO2954</t>
+  </si>
+  <si>
+    <t>58mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 58mm</t>
+  </si>
+  <si>
+    <t>KENKO2962</t>
+  </si>
+  <si>
+    <t>52mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 52mm</t>
+  </si>
+  <si>
+    <t>KENKO2969</t>
+  </si>
+  <si>
+    <t>82mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 82mm</t>
+  </si>
+  <si>
+    <t>KENKO2924</t>
+  </si>
+  <si>
+    <t>58mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 58mm</t>
+  </si>
+  <si>
+    <t>KENKO2932</t>
+  </si>
+  <si>
+    <t>52mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 52mm</t>
+  </si>
+  <si>
+    <t>KENKO2939</t>
+  </si>
+  <si>
+    <t>82mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 82mm</t>
+  </si>
+  <si>
+    <t>KENKO2957</t>
+  </si>
+  <si>
+    <t>72mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 72mm</t>
+  </si>
+  <si>
+    <t>KENKO2965</t>
+  </si>
+  <si>
+    <t>62mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 62mm</t>
+  </si>
+  <si>
+    <t>KENKO2927</t>
+  </si>
+  <si>
+    <t>72mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 72mm</t>
+  </si>
+  <si>
+    <t>KENKO2935</t>
+  </si>
+  <si>
+    <t>62mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 62mm</t>
+  </si>
+  <si>
+    <t>KENKO2953</t>
+  </si>
+  <si>
+    <t>55mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 55mm</t>
+  </si>
+  <si>
+    <t>KENKO2961</t>
+  </si>
+  <si>
+    <t>49mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 49mm</t>
+  </si>
+  <si>
+    <t>KENKO2968</t>
+  </si>
+  <si>
+    <t>77mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 77mm</t>
+  </si>
+  <si>
+    <t>KENKO2923</t>
+  </si>
+  <si>
+    <t>55mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 55mm</t>
+  </si>
+  <si>
+    <t>KENKO2931</t>
+  </si>
+  <si>
+    <t>49mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 49mm</t>
+  </si>
+  <si>
+    <t>KENKO2938</t>
+  </si>
+  <si>
+    <t>77mm PRO1D+ Instant Action C-PL Set</t>
+  </si>
+  <si>
+    <t>Magnetic Circular Polarizing Filter and INSTANT ACTION Adapter Ring Set - 77mm</t>
+  </si>
+  <si>
+    <t>KENKO2956</t>
+  </si>
+  <si>
+    <t>67mm PRO1D+ Instant Action Adapter Ring</t>
+  </si>
+  <si>
+    <t>Adapter ring for INSTANT ACTION Magnetic Filters - 67mm</t>
+  </si>
+  <si>
+    <t>KENKO2964</t>
+  </si>
+  <si>
+    <t>58mm PRO1D+ Instant Action Conversion Ring</t>
+  </si>
+  <si>
+    <t>Conversion ring for use with INSTANT ACTION Magnetic Filters - 58mm</t>
+  </si>
+  <si>
+    <t>KENKO2926</t>
+  </si>
+  <si>
+    <t>67mm PRO1D+ Instant Action UV Set</t>
+  </si>
+  <si>
+    <t>Magnetic UV Filter and INSTANT ACTION Adapter Ring Set - 67mm</t>
+  </si>
+  <si>
+    <t>KONBMCAGEGRIP</t>
   </si>
   <si>
     <t>Kondor Blue</t>
   </si>
   <si>
-    <t>Blackmagic Pocket Cinema Camera 4K/6K Base Rig</t>
-[...5 lines deleted...]
-    <t>PANHFSA045200E</t>
+    <t>BMPCC4K/6K Battery Grip Cage</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Blackmagic Design Pocket Cinema Camera 4K / 6K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONSCAGEF</t>
+  </si>
+  <si>
+    <t>BMPCC 4K/6K Cage</t>
+  </si>
+  <si>
+    <t>Full Cage for Blackmagic Design Pocket Cinema Camera 4K / 6K - Space Grey</t>
+  </si>
+  <si>
+    <t>PANDCS1M2ESME</t>
   </si>
   <si>
     <t>Panasonic LUMIX</t>
   </si>
   <si>
-    <t>H-FSA045200</t>
-[...59 lines deleted...]
-    <t>PANDCS9EW</t>
+    <t>DC-S1M2ESME</t>
+  </si>
+  <si>
+    <t>Panasonic Lumix S1 IIE Body and Lumix 24-105mm</t>
+  </si>
+  <si>
+    <t>PANHH014AEK</t>
+  </si>
+  <si>
+    <t>H-H014</t>
+  </si>
+  <si>
+    <t>Micro Four Thirds G 14mm F2.5 ASPH Pancake Lens - Black</t>
+  </si>
+  <si>
+    <t>PANHH014AES</t>
+  </si>
+  <si>
+    <t>H-H014AE-S</t>
+  </si>
+  <si>
+    <t>Micro Four Thirds G 14mm F2.5 ASPH Pancake Lens - Silver</t>
+  </si>
+  <si>
+    <t>PANHES200E</t>
+  </si>
+  <si>
+    <t>H-ES200E</t>
+  </si>
+  <si>
+    <t>Leica Micro Four Thirds DG Elmarit 200mm f/2.8 Power O.I.S.</t>
+  </si>
+  <si>
+    <t>PANHX015ES</t>
+  </si>
+  <si>
+    <t>H-X015E-S</t>
+  </si>
+  <si>
+    <t>LEICA DG SUMMILUX 15mm / F1.7 ASPH. - Silver</t>
+  </si>
+  <si>
+    <t>PANDCS9KEA</t>
+  </si>
+  <si>
+    <t>DC-S9K</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 20-60mm / F3.5-5.6 Lens - Blue</t>
+  </si>
+  <si>
+    <t>PANDCS9EA</t>
   </si>
   <si>
     <t>DC-S9</t>
   </si>
   <si>
-    <t>Full-Frame Mirrorless Camera - Smokey White</t>
-[...38 lines deleted...]
-    <t>PGYWRAPMBUN</t>
+    <t>Full-Frame Mirrorless Camera - Blue</t>
+  </si>
+  <si>
+    <t>PANDCS9NEA</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 18-40mm F4.5-6.3 Lens - Night Blue</t>
+  </si>
+  <si>
+    <t>PANDCS9KEK</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 20-60mm / F3.5-5.6 Lens - Black</t>
+  </si>
+  <si>
+    <t>PANDCS9NEW</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 18-40mm F4.5-6.3 Lens - Smokey White</t>
+  </si>
+  <si>
+    <t>PANDCS9EK</t>
+  </si>
+  <si>
+    <t>Full-Frame Mirrorless Camera - Black</t>
+  </si>
+  <si>
+    <t>PANDCS9NEK</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 18-40mm F4.5-6.3 Lens - Jet Black</t>
+  </si>
+  <si>
+    <t>PANDCS9ER</t>
+  </si>
+  <si>
+    <t>Full-Frame Mirrorless Camera - Red</t>
+  </si>
+  <si>
+    <t>PANDCS9NEG</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 18-40mm F4.5-6.3 Lens - Dark Olive</t>
+  </si>
+  <si>
+    <t>PANDCS9KEG</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 20-60mm / F3.5-5.6 Lens - Green</t>
+  </si>
+  <si>
+    <t>PANDCS9EG</t>
+  </si>
+  <si>
+    <t>Full-Frame Mirrorless Camera - Green</t>
+  </si>
+  <si>
+    <t>PANDCS9NER</t>
+  </si>
+  <si>
+    <t>Kit with S9 Body + LUMIX S 18-40mm F4.5-6.3 Lens - Crimson Red</t>
+  </si>
+  <si>
+    <t>PGYPCG081</t>
   </si>
   <si>
     <t>PGYTECH</t>
   </si>
   <si>
-    <t>Wrap Set Medium</t>
-[...50 lines deleted...]
-    <t>PGYPCB127</t>
+    <t>MantisPod 2.0</t>
+  </si>
+  <si>
+    <t>Vlogging Tripod suitable for all cameras, action cameras and mobile phones under 2kg - Without Head</t>
+  </si>
+  <si>
+    <t>PGYPCB282</t>
+  </si>
+  <si>
+    <t>Camera Shoulder Strap Air</t>
+  </si>
+  <si>
+    <t>Quick Release Camera Strap - Tribal Geometric - S</t>
+  </si>
+  <si>
+    <t>PGYPCB129</t>
+  </si>
+  <si>
+    <t>Quick Connectors With Quick Beads</t>
+  </si>
+  <si>
+    <t>PGYP42C010</t>
+  </si>
+  <si>
+    <t>DJI Osmo Action 4/3 Camera Cage</t>
+  </si>
+  <si>
+    <t>Camera Cage for DJI Osmo Action 4 / 3</t>
+  </si>
+  <si>
+    <t>PGYPGM176 </t>
+  </si>
+  <si>
+    <t>CapLock Neck Mount Combo</t>
+  </si>
+  <si>
+    <t>CapLock Neck Mount + Versatile Smartphone Holder</t>
+  </si>
+  <si>
+    <t>PGYPCG083</t>
+  </si>
+  <si>
+    <t>Vlogging Tripod suitable for all cameras, action cameras and mobile phones under 2kg - Moon White</t>
+  </si>
+  <si>
+    <t>PGYPCB281</t>
+  </si>
+  <si>
+    <t>Quick Release Camera Strap - Bohemian - S</t>
+  </si>
+  <si>
+    <t>PGYP40B030</t>
+  </si>
+  <si>
+    <t>DJI Mini 3/3 Pro Carrying Case</t>
+  </si>
+  <si>
+    <t>Carry Case for DJI Mini 3/3 Pro</t>
+  </si>
+  <si>
+    <t>PGYPCB274</t>
+  </si>
+  <si>
+    <t>Camera Shoulder Strap Air Retro Style</t>
+  </si>
+  <si>
+    <t>Retro Style Camera Shoulder Strap - Earth Brown - Small</t>
+  </si>
+  <si>
+    <t>PGYP40B020</t>
+  </si>
+  <si>
+    <t>DJI Mini 3 Safety Carrying Case</t>
+  </si>
+  <si>
+    <t>Hard Carry Case for DJI Mini 3</t>
+  </si>
+  <si>
+    <t>PGYPCB280</t>
+  </si>
+  <si>
+    <t>Quick Release Camera Strap - Modern Art - S</t>
+  </si>
+  <si>
+    <t>PGYPCB128</t>
+  </si>
+  <si>
+    <t>Quick Beads</t>
+  </si>
+  <si>
+    <t>PGYPCB273</t>
+  </si>
+  <si>
+    <t>Retro Style Camera Shoulder Strap - Meteorite Grey - Small</t>
+  </si>
+  <si>
+    <t>PGYPHA030</t>
+  </si>
+  <si>
+    <t>Landing Gear Extensions LED Headlamp Set for DJI Mavic 2</t>
+  </si>
+  <si>
+    <t>Landing Gear Extensions &amp; LED Headlamp Set for DJI Mavic 2</t>
+  </si>
+  <si>
+    <t>PGYPCB125</t>
   </si>
   <si>
     <t>Camera Wrist Strap</t>
   </si>
   <si>
-    <t>Camera Wrist Strap - Oak Grey</t>
-[...5 lines deleted...]
-    <t>DJI RC Protector</t>
+    <t>Camera Wrist Strap - Deep Grey</t>
+  </si>
+  <si>
+    <t>PGYPCG020</t>
+  </si>
+  <si>
+    <t>MantisPod Pro</t>
+  </si>
+  <si>
+    <t>All round pocket-sized vlogging tripod</t>
+  </si>
+  <si>
+    <t>PGYPGM166</t>
+  </si>
+  <si>
+    <t>160cm Landing Pad for DJI Drones</t>
+  </si>
+  <si>
+    <t>Landing Pad (Weighted - 3.5kg)</t>
+  </si>
+  <si>
+    <t>ROLVC1SH</t>
+  </si>
+  <si>
+    <t>Roland</t>
+  </si>
+  <si>
+    <t>VC-1-SH</t>
+  </si>
+  <si>
+    <t>SDI to HDMI Converter</t>
+  </si>
+  <si>
+    <t>SONECHODK2M2TB</t>
+  </si>
+  <si>
+    <t>Sonnet</t>
+  </si>
+  <si>
+    <t>Echo Dual NVMe Thunderbolt Dock</t>
+  </si>
+  <si>
+    <t>8-Port Thunderbolt Docking Station With Two Internal M.2 SSD Slots</t>
+  </si>
+  <si>
+    <t>WISECFA5120</t>
+  </si>
+  <si>
+    <t>Wise Advanced</t>
+  </si>
+  <si>
+    <t>CFA-5120</t>
+  </si>
+  <si>
+    <t>512GB CFast 2.0 Memory Card - 3500X</t>
+  </si>
+  <si>
+    <t>WISECFXB320P</t>
+  </si>
+  <si>
+    <t>CFX-B320P</t>
+  </si>
+  <si>
+    <t>320GB Pro CFexpress Memory Card</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -410,55 +944,55 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E35"/>
+  <dimension ref="A1:E103"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="3" max="3" width="54" customWidth="1"/>
+    <col min="3" max="3" width="57" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>5</v>
       </c>
@@ -471,518 +1005,1546 @@
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2"/>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3"/>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
         <v>14</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E4"/>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
         <v>14</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="E9"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
         <v>29</v>
       </c>
-      <c r="D9" t="s">
+      <c r="B10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="E9"/>
-[...3 lines deleted...]
-      <c r="B10" t="s">
+      <c r="E10"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
         <v>31</v>
       </c>
-      <c r="C10" t="s">
+      <c r="B11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...14 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E14"/>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="D15" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="E17"/>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="E18"/>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="E19"/>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20"/>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
         <v>52</v>
       </c>
-      <c r="C20" t="s">
-[...8 lines deleted...]
-      <c r="A21"/>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="C21" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E23"/>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>62</v>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>NX-Series filter holder plus Nuances Extreme ND64 and S-GND8 mounted in frames, Adaptor rings 72, 77 &amp; 82mm, System wallet, Adaptor ring cap, Microfibre cloth, Screwdriver and spare screws</t>
+        </is>
       </c>
       <c r="E24"/>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="D25" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="E25"/>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="E26"/>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="E27"/>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="D28" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="E28"/>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="B29" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="C29" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="D29" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="E29"/>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="C30" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="D30" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="C31" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="D31" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="E31"/>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="B32" t="s">
+        <v>72</v>
+      </c>
+      <c r="C32" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="C33" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="E33"/>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="B34" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="C34" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="E34"/>
     </row>
     <row r="35">
       <c r="A35" t="s">
+        <v>96</v>
+      </c>
+      <c r="B35" t="s">
+        <v>72</v>
+      </c>
+      <c r="C35" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" t="s">
+        <v>98</v>
+      </c>
+      <c r="E35"/>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>99</v>
+      </c>
+      <c r="B36" t="s">
+        <v>72</v>
+      </c>
+      <c r="C36" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>102</v>
+      </c>
+      <c r="B37" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" t="s">
+        <v>104</v>
+      </c>
+      <c r="E37"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>105</v>
+      </c>
+      <c r="B38" t="s">
+        <v>72</v>
+      </c>
+      <c r="C38" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" t="s">
+        <v>107</v>
+      </c>
+      <c r="E38"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>108</v>
+      </c>
+      <c r="B39" t="s">
+        <v>72</v>
+      </c>
+      <c r="C39" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" t="s">
         <v>110</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="E39"/>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
         <v>111</v>
       </c>
-      <c r="D35" t="s">
-[...2 lines deleted...]
-      <c r="E35"/>
+      <c r="B40" t="s">
+        <v>72</v>
+      </c>
+      <c r="C40" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" t="s">
+        <v>113</v>
+      </c>
+      <c r="E40"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>114</v>
+      </c>
+      <c r="B41" t="s">
+        <v>72</v>
+      </c>
+      <c r="C41" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" t="s">
+        <v>116</v>
+      </c>
+      <c r="E41"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" t="s">
+        <v>72</v>
+      </c>
+      <c r="C42" t="s">
+        <v>118</v>
+      </c>
+      <c r="D42" t="s">
+        <v>119</v>
+      </c>
+      <c r="E42"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>120</v>
+      </c>
+      <c r="B43" t="s">
+        <v>72</v>
+      </c>
+      <c r="C43" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" t="s">
+        <v>122</v>
+      </c>
+      <c r="E43"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>123</v>
+      </c>
+      <c r="B44" t="s">
+        <v>72</v>
+      </c>
+      <c r="C44" t="s">
+        <v>124</v>
+      </c>
+      <c r="D44" t="s">
+        <v>125</v>
+      </c>
+      <c r="E44"/>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>126</v>
+      </c>
+      <c r="B45" t="s">
+        <v>72</v>
+      </c>
+      <c r="C45" t="s">
+        <v>127</v>
+      </c>
+      <c r="D45" t="s">
+        <v>128</v>
+      </c>
+      <c r="E45"/>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>129</v>
+      </c>
+      <c r="B46" t="s">
+        <v>72</v>
+      </c>
+      <c r="C46" t="s">
+        <v>130</v>
+      </c>
+      <c r="D46" t="s">
+        <v>131</v>
+      </c>
+      <c r="E46"/>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>132</v>
+      </c>
+      <c r="B47" t="s">
+        <v>72</v>
+      </c>
+      <c r="C47" t="s">
+        <v>133</v>
+      </c>
+      <c r="D47" t="s">
+        <v>134</v>
+      </c>
+      <c r="E47"/>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>135</v>
+      </c>
+      <c r="B48" t="s">
+        <v>72</v>
+      </c>
+      <c r="C48" t="s">
+        <v>136</v>
+      </c>
+      <c r="D48" t="s">
+        <v>137</v>
+      </c>
+      <c r="E48"/>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>138</v>
+      </c>
+      <c r="B49" t="s">
+        <v>72</v>
+      </c>
+      <c r="C49" t="s">
+        <v>139</v>
+      </c>
+      <c r="D49" t="s">
+        <v>140</v>
+      </c>
+      <c r="E49"/>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>141</v>
+      </c>
+      <c r="B50" t="s">
+        <v>72</v>
+      </c>
+      <c r="C50" t="s">
+        <v>142</v>
+      </c>
+      <c r="D50" t="s">
+        <v>143</v>
+      </c>
+      <c r="E50"/>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>144</v>
+      </c>
+      <c r="B51" t="s">
+        <v>72</v>
+      </c>
+      <c r="C51" t="s">
+        <v>145</v>
+      </c>
+      <c r="D51" t="s">
+        <v>146</v>
+      </c>
+      <c r="E51"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>147</v>
+      </c>
+      <c r="B52" t="s">
+        <v>72</v>
+      </c>
+      <c r="C52" t="s">
+        <v>148</v>
+      </c>
+      <c r="D52" t="s">
+        <v>149</v>
+      </c>
+      <c r="E52"/>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>150</v>
+      </c>
+      <c r="B53" t="s">
+        <v>72</v>
+      </c>
+      <c r="C53" t="s">
+        <v>151</v>
+      </c>
+      <c r="D53" t="s">
+        <v>152</v>
+      </c>
+      <c r="E53"/>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>153</v>
+      </c>
+      <c r="B54" t="s">
+        <v>72</v>
+      </c>
+      <c r="C54" t="s">
+        <v>154</v>
+      </c>
+      <c r="D54" t="s">
+        <v>155</v>
+      </c>
+      <c r="E54"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>156</v>
+      </c>
+      <c r="B55" t="s">
+        <v>72</v>
+      </c>
+      <c r="C55" t="s">
+        <v>157</v>
+      </c>
+      <c r="D55" t="s">
+        <v>158</v>
+      </c>
+      <c r="E55"/>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>159</v>
+      </c>
+      <c r="B56" t="s">
+        <v>72</v>
+      </c>
+      <c r="C56" t="s">
+        <v>160</v>
+      </c>
+      <c r="D56" t="s">
+        <v>161</v>
+      </c>
+      <c r="E56"/>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>162</v>
+      </c>
+      <c r="B57" t="s">
+        <v>72</v>
+      </c>
+      <c r="C57" t="s">
+        <v>163</v>
+      </c>
+      <c r="D57" t="s">
+        <v>164</v>
+      </c>
+      <c r="E57"/>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>165</v>
+      </c>
+      <c r="B58" t="s">
+        <v>72</v>
+      </c>
+      <c r="C58" t="s">
+        <v>166</v>
+      </c>
+      <c r="D58" t="s">
+        <v>167</v>
+      </c>
+      <c r="E58"/>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>168</v>
+      </c>
+      <c r="B59" t="s">
+        <v>72</v>
+      </c>
+      <c r="C59" t="s">
+        <v>169</v>
+      </c>
+      <c r="D59" t="s">
+        <v>170</v>
+      </c>
+      <c r="E59"/>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>171</v>
+      </c>
+      <c r="B60" t="s">
+        <v>72</v>
+      </c>
+      <c r="C60" t="s">
+        <v>172</v>
+      </c>
+      <c r="D60" t="s">
+        <v>173</v>
+      </c>
+      <c r="E60"/>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>174</v>
+      </c>
+      <c r="B61" t="s">
+        <v>72</v>
+      </c>
+      <c r="C61" t="s">
+        <v>175</v>
+      </c>
+      <c r="D61" t="s">
+        <v>176</v>
+      </c>
+      <c r="E61"/>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>177</v>
+      </c>
+      <c r="B62" t="s">
+        <v>72</v>
+      </c>
+      <c r="C62" t="s">
+        <v>178</v>
+      </c>
+      <c r="D62" t="s">
+        <v>179</v>
+      </c>
+      <c r="E62"/>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>180</v>
+      </c>
+      <c r="B63" t="s">
+        <v>181</v>
+      </c>
+      <c r="C63" t="s">
+        <v>182</v>
+      </c>
+      <c r="D63" t="s">
+        <v>183</v>
+      </c>
+      <c r="E63"/>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" t="s">
+        <v>181</v>
+      </c>
+      <c r="C64" t="s">
+        <v>185</v>
+      </c>
+      <c r="D64" t="s">
+        <v>186</v>
+      </c>
+      <c r="E64"/>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" t="s">
+        <v>188</v>
+      </c>
+      <c r="C65" t="s">
+        <v>189</v>
+      </c>
+      <c r="D65" t="s">
+        <v>190</v>
+      </c>
+      <c r="E65"/>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>187</v>
+      </c>
+      <c r="B66" t="s">
+        <v>188</v>
+      </c>
+      <c r="C66" t="s">
+        <v>189</v>
+      </c>
+      <c r="D66" t="s">
+        <v>190</v>
+      </c>
+      <c r="E66"/>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>191</v>
+      </c>
+      <c r="B67" t="s">
+        <v>188</v>
+      </c>
+      <c r="C67" t="s">
+        <v>192</v>
+      </c>
+      <c r="D67" t="s">
+        <v>193</v>
+      </c>
+      <c r="E67"/>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>194</v>
+      </c>
+      <c r="B68" t="s">
+        <v>188</v>
+      </c>
+      <c r="C68" t="s">
+        <v>195</v>
+      </c>
+      <c r="D68" t="s">
+        <v>196</v>
+      </c>
+      <c r="E68"/>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>197</v>
+      </c>
+      <c r="B69" t="s">
+        <v>188</v>
+      </c>
+      <c r="C69" t="s">
+        <v>198</v>
+      </c>
+      <c r="D69" t="s">
+        <v>199</v>
+      </c>
+      <c r="E69"/>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>200</v>
+      </c>
+      <c r="B70" t="s">
+        <v>188</v>
+      </c>
+      <c r="C70" t="s">
+        <v>201</v>
+      </c>
+      <c r="D70" t="s">
+        <v>202</v>
+      </c>
+      <c r="E70"/>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>203</v>
+      </c>
+      <c r="B71" t="s">
+        <v>188</v>
+      </c>
+      <c r="C71" t="s">
+        <v>204</v>
+      </c>
+      <c r="D71" t="s">
+        <v>205</v>
+      </c>
+      <c r="E71"/>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>206</v>
+      </c>
+      <c r="B72" t="s">
+        <v>188</v>
+      </c>
+      <c r="C72" t="s">
+        <v>207</v>
+      </c>
+      <c r="D72" t="s">
+        <v>208</v>
+      </c>
+      <c r="E72"/>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>209</v>
+      </c>
+      <c r="B73" t="s">
+        <v>188</v>
+      </c>
+      <c r="C73" t="s">
+        <v>204</v>
+      </c>
+      <c r="D73" t="s">
+        <v>210</v>
+      </c>
+      <c r="E73"/>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>211</v>
+      </c>
+      <c r="B74" t="s">
+        <v>188</v>
+      </c>
+      <c r="C74" t="s">
+        <v>204</v>
+      </c>
+      <c r="D74" t="s">
+        <v>212</v>
+      </c>
+      <c r="E74"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>213</v>
+      </c>
+      <c r="B75" t="s">
+        <v>188</v>
+      </c>
+      <c r="C75" t="s">
+        <v>204</v>
+      </c>
+      <c r="D75" t="s">
+        <v>214</v>
+      </c>
+      <c r="E75"/>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>215</v>
+      </c>
+      <c r="B76" t="s">
+        <v>188</v>
+      </c>
+      <c r="C76" t="s">
+        <v>207</v>
+      </c>
+      <c r="D76" t="s">
+        <v>216</v>
+      </c>
+      <c r="E76"/>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>217</v>
+      </c>
+      <c r="B77" t="s">
+        <v>188</v>
+      </c>
+      <c r="C77" t="s">
+        <v>204</v>
+      </c>
+      <c r="D77" t="s">
+        <v>218</v>
+      </c>
+      <c r="E77"/>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>219</v>
+      </c>
+      <c r="B78" t="s">
+        <v>188</v>
+      </c>
+      <c r="C78" t="s">
+        <v>207</v>
+      </c>
+      <c r="D78" t="s">
+        <v>220</v>
+      </c>
+      <c r="E78"/>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>221</v>
+      </c>
+      <c r="B79" t="s">
+        <v>188</v>
+      </c>
+      <c r="C79" t="s">
+        <v>204</v>
+      </c>
+      <c r="D79" t="s">
+        <v>222</v>
+      </c>
+      <c r="E79"/>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>223</v>
+      </c>
+      <c r="B80" t="s">
+        <v>188</v>
+      </c>
+      <c r="C80" t="s">
+        <v>204</v>
+      </c>
+      <c r="D80" t="s">
+        <v>224</v>
+      </c>
+      <c r="E80"/>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>225</v>
+      </c>
+      <c r="B81" t="s">
+        <v>188</v>
+      </c>
+      <c r="C81" t="s">
+        <v>207</v>
+      </c>
+      <c r="D81" t="s">
+        <v>226</v>
+      </c>
+      <c r="E81"/>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>227</v>
+      </c>
+      <c r="B82" t="s">
+        <v>188</v>
+      </c>
+      <c r="C82" t="s">
+        <v>204</v>
+      </c>
+      <c r="D82" t="s">
+        <v>228</v>
+      </c>
+      <c r="E82"/>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>229</v>
+      </c>
+      <c r="B83" t="s">
+        <v>230</v>
+      </c>
+      <c r="C83" t="s">
+        <v>231</v>
+      </c>
+      <c r="D83" t="s">
+        <v>232</v>
+      </c>
+      <c r="E83"/>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>233</v>
+      </c>
+      <c r="B84" t="s">
+        <v>230</v>
+      </c>
+      <c r="C84" t="s">
+        <v>234</v>
+      </c>
+      <c r="D84" t="s">
+        <v>235</v>
+      </c>
+      <c r="E84"/>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>236</v>
+      </c>
+      <c r="B85" t="s">
+        <v>230</v>
+      </c>
+      <c r="C85" t="s">
+        <v>237</v>
+      </c>
+      <c r="D85" t="s">
+        <v>237</v>
+      </c>
+      <c r="E85"/>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>238</v>
+      </c>
+      <c r="B86" t="s">
+        <v>230</v>
+      </c>
+      <c r="C86" t="s">
+        <v>239</v>
+      </c>
+      <c r="D86" t="s">
+        <v>240</v>
+      </c>
+      <c r="E86"/>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>241</v>
+      </c>
+      <c r="B87" t="s">
+        <v>230</v>
+      </c>
+      <c r="C87" t="s">
+        <v>242</v>
+      </c>
+      <c r="D87" t="s">
+        <v>243</v>
+      </c>
+      <c r="E87"/>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>244</v>
+      </c>
+      <c r="B88" t="s">
+        <v>230</v>
+      </c>
+      <c r="C88" t="s">
+        <v>231</v>
+      </c>
+      <c r="D88" t="s">
+        <v>245</v>
+      </c>
+      <c r="E88"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>246</v>
+      </c>
+      <c r="B89" t="s">
+        <v>230</v>
+      </c>
+      <c r="C89" t="s">
+        <v>234</v>
+      </c>
+      <c r="D89" t="s">
+        <v>247</v>
+      </c>
+      <c r="E89"/>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>248</v>
+      </c>
+      <c r="B90" t="s">
+        <v>230</v>
+      </c>
+      <c r="C90" t="s">
+        <v>249</v>
+      </c>
+      <c r="D90" t="s">
+        <v>250</v>
+      </c>
+      <c r="E90"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>251</v>
+      </c>
+      <c r="B91" t="s">
+        <v>230</v>
+      </c>
+      <c r="C91" t="s">
+        <v>252</v>
+      </c>
+      <c r="D91" t="s">
+        <v>253</v>
+      </c>
+      <c r="E91"/>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>254</v>
+      </c>
+      <c r="B92" t="s">
+        <v>230</v>
+      </c>
+      <c r="C92" t="s">
+        <v>255</v>
+      </c>
+      <c r="D92" t="s">
+        <v>256</v>
+      </c>
+      <c r="E92"/>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>257</v>
+      </c>
+      <c r="B93" t="s">
+        <v>230</v>
+      </c>
+      <c r="C93" t="s">
+        <v>234</v>
+      </c>
+      <c r="D93" t="s">
+        <v>258</v>
+      </c>
+      <c r="E93"/>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>259</v>
+      </c>
+      <c r="B94" t="s">
+        <v>230</v>
+      </c>
+      <c r="C94" t="s">
+        <v>260</v>
+      </c>
+      <c r="D94" t="s">
+        <v>260</v>
+      </c>
+      <c r="E94"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>261</v>
+      </c>
+      <c r="B95" t="s">
+        <v>230</v>
+      </c>
+      <c r="C95" t="s">
+        <v>252</v>
+      </c>
+      <c r="D95" t="s">
+        <v>262</v>
+      </c>
+      <c r="E95"/>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>263</v>
+      </c>
+      <c r="B96" t="s">
+        <v>230</v>
+      </c>
+      <c r="C96" t="s">
+        <v>264</v>
+      </c>
+      <c r="D96" t="s">
+        <v>265</v>
+      </c>
+      <c r="E96"/>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>266</v>
+      </c>
+      <c r="B97" t="s">
+        <v>230</v>
+      </c>
+      <c r="C97" t="s">
+        <v>267</v>
+      </c>
+      <c r="D97" t="s">
+        <v>268</v>
+      </c>
+      <c r="E97"/>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>269</v>
+      </c>
+      <c r="B98" t="s">
+        <v>230</v>
+      </c>
+      <c r="C98" t="s">
+        <v>270</v>
+      </c>
+      <c r="D98" t="s">
+        <v>271</v>
+      </c>
+      <c r="E98"/>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>272</v>
+      </c>
+      <c r="B99" t="s">
+        <v>230</v>
+      </c>
+      <c r="C99" t="s">
+        <v>273</v>
+      </c>
+      <c r="D99" t="s">
+        <v>274</v>
+      </c>
+      <c r="E99"/>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>275</v>
+      </c>
+      <c r="B100" t="s">
+        <v>276</v>
+      </c>
+      <c r="C100" t="s">
+        <v>277</v>
+      </c>
+      <c r="D100" t="s">
+        <v>278</v>
+      </c>
+      <c r="E100"/>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>279</v>
+      </c>
+      <c r="B101" t="s">
+        <v>280</v>
+      </c>
+      <c r="C101" t="s">
+        <v>281</v>
+      </c>
+      <c r="D101" t="s">
+        <v>282</v>
+      </c>
+      <c r="E101"/>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>283</v>
+      </c>
+      <c r="B102" t="s">
+        <v>284</v>
+      </c>
+      <c r="C102" t="s">
+        <v>285</v>
+      </c>
+      <c r="D102" t="s">
+        <v>286</v>
+      </c>
+      <c r="E102"/>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>287</v>
+      </c>
+      <c r="B103" t="s">
+        <v>284</v>
+      </c>
+      <c r="C103" t="s">
+        <v>288</v>
+      </c>
+      <c r="D103" t="s">
+        <v>289</v>
+      </c>
+      <c r="E103"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
   <Company>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</Company>
   <Manager>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>