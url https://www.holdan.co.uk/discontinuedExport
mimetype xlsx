--- v1 (2025-11-29)
+++ v2 (2026-02-27)
@@ -9,992 +9,2217 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Discontinued Holdan Products" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="697" uniqueCount="697">
   <si>
     <t>ProdCode</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Short Description</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
-    <t>AOATOM4K60C1</t>
+    <t>ACSACC03</t>
+  </si>
+  <si>
+    <t>Accsoon</t>
+  </si>
+  <si>
+    <t>ACC03</t>
+  </si>
+  <si>
+    <t>Monitor Mounting Adapter</t>
+  </si>
+  <si>
+    <t>AOATOMNJA004</t>
   </si>
   <si>
     <t>Atomos</t>
   </si>
   <si>
-    <t>Micro HDMI 4K60p 30cm</t>
-[...5 lines deleted...]
-    <t>BDPTZK422232C</t>
+    <t>Ninja</t>
+  </si>
+  <si>
+    <t>5-inch, 1000nit HDR monitor-recorder for DSLR and mirrorless cameras</t>
+  </si>
+  <si>
+    <t>AOATOMSHB002</t>
+  </si>
+  <si>
+    <t>Shinobi 7</t>
+  </si>
+  <si>
+    <t>7-inch 4K HDR HDMI/SDI Photo/Video Monitor</t>
+  </si>
+  <si>
+    <t>BDCC45RS</t>
   </si>
   <si>
     <t>BirdDog</t>
   </si>
   <si>
-    <t>RS422/232 RJ45 Adaptor and RJ45 Coupler</t>
-[...82 lines deleted...]
-  <si>
     <t>Control Cable Adapter</t>
   </si>
   <si>
-    <t>RJ45 to RS232 Control Cable Adapter</t>
-[...47 lines deleted...]
-    <t>BMDWEBCSEDHD</t>
+    <t>RJ45 to RS422/232 Control Cable Adapter for P100 / P200</t>
+  </si>
+  <si>
+    <t>BDX4RCVRW</t>
+  </si>
+  <si>
+    <t>Wi-Fi Receiver</t>
+  </si>
+  <si>
+    <t>X4 Ultra Wi-Fi Receiver - White</t>
+  </si>
+  <si>
+    <t>BDX4RCVR</t>
+  </si>
+  <si>
+    <t>X4 Ultra Wi-Fi Receiver - Black</t>
+  </si>
+  <si>
+    <t>BMDBDLKWEBPTR4K</t>
   </si>
   <si>
     <t>Blackmagic Design</t>
   </si>
   <si>
-    <t>Streaming Encoder HD</t>
-[...5 lines deleted...]
-    <t>COKIN11270</t>
+    <t>Web Presenter 4K</t>
+  </si>
+  <si>
+    <t>The ultimate HD and Ultra HD streaming solution</t>
+  </si>
+  <si>
+    <t>COKIN10368</t>
   </si>
   <si>
     <t>Cokin</t>
   </si>
   <si>
-    <t>NX Golden Hour Kit</t>
-[...2 lines deleted...]
-    <t>ELG10GBE9901</t>
+    <t>Gradual Grey G2 Soft (ND8) P121S</t>
+  </si>
+  <si>
+    <t>Graduated Grey ND8 filter for Cokin M Size (P Series) filter holders - 3 stop soft transition</t>
+  </si>
+  <si>
+    <t>COKIN10570</t>
+  </si>
+  <si>
+    <t>P-Series Grad ND Kit + Holder (M)</t>
+  </si>
+  <si>
+    <t>Cokin M Size (P Series) filter holder and Grad ND2, Grad ND4 and Grad ND8 filters</t>
+  </si>
+  <si>
+    <t>COKIN11121</t>
+  </si>
+  <si>
+    <t>Gradual Grey G2 Soft (ND8) Z121S</t>
+  </si>
+  <si>
+    <t>Graduated Grey ND8 filter for Cokin L Size (Z-Pro Series) filter holders - 3 stop soft transition</t>
+  </si>
+  <si>
+    <t>COKIN10568</t>
+  </si>
+  <si>
+    <t>P-Series Infrared Kit (M)</t>
+  </si>
+  <si>
+    <t>Cokin M Size (P Series) filter holder and Infrared filter</t>
+  </si>
+  <si>
+    <t>COKIN11996</t>
+  </si>
+  <si>
+    <t>Z-Pro Black &amp; White Kit (U400-03)</t>
+  </si>
+  <si>
+    <t>Yellow, Orange, Red and Green filters for Cokin L Size (Z-Pro Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN10575</t>
+  </si>
+  <si>
+    <t>P-Series Black &amp; White Kit (H400-03)</t>
+  </si>
+  <si>
+    <t>Yellow, Orange, Red and Green filters for Cokin M Size (P Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN10402</t>
+  </si>
+  <si>
+    <t>Neutral Grey ND8X P154</t>
+  </si>
+  <si>
+    <t>Full ND8 filter for Cokin M Size (P Series) filter holders - 3 stops</t>
+  </si>
+  <si>
+    <t>COKIN11995</t>
+  </si>
+  <si>
+    <t>Z-Pro Landscape Kit (U300-06)</t>
+  </si>
+  <si>
+    <t>Grad Grey ND8, Grad Blue and Grad Tobacco filters for Cokin L Size (Z-Pro Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN10572</t>
+  </si>
+  <si>
+    <t>P-Series Full ND Kit (H300-01)</t>
+  </si>
+  <si>
+    <t>ND2 (1 stop), ND4 (2 stop) and ND8 (3 stop) filters for Cokin M Size (P Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN11985</t>
+  </si>
+  <si>
+    <t>Z-Pro Infrared Kit (L)</t>
+  </si>
+  <si>
+    <t>Cokin L Size (Z-Pro Series) filter holder and Infrared filter</t>
+  </si>
+  <si>
+    <t>DATATLM170F</t>
+  </si>
+  <si>
+    <t>Datavideo</t>
+  </si>
+  <si>
+    <t>TLM-170F</t>
+  </si>
+  <si>
+    <t>17-inch ScopeView Production Monitor</t>
+  </si>
+  <si>
+    <t>DATAPTR15T</t>
+  </si>
+  <si>
+    <t>PTR-15T</t>
+  </si>
+  <si>
+    <t>Robotic Pan/Tilt head with HDBaseT UHD</t>
+  </si>
+  <si>
+    <t>DATATLM170FR</t>
+  </si>
+  <si>
+    <t>TLM-170FR</t>
+  </si>
+  <si>
+    <t>17-inch ScopeView Production Monitor - 7U Rackmount</t>
+  </si>
+  <si>
+    <t>DATAVP901</t>
+  </si>
+  <si>
+    <t>VP-901</t>
+  </si>
+  <si>
+    <t>12G-SDI Distribution Amplifier</t>
+  </si>
+  <si>
+    <t>DATATLM170FM</t>
+  </si>
+  <si>
+    <t>TLM-170FM</t>
+  </si>
+  <si>
+    <t>17-inch ScopeView Production Monitor - 1U Foldable Rackmount</t>
+  </si>
+  <si>
+    <t>DATAHBT11</t>
+  </si>
+  <si>
+    <t>HBT-11</t>
+  </si>
+  <si>
+    <t>HDBaseT Receiver</t>
+  </si>
+  <si>
+    <t>DATATLM700UHD</t>
+  </si>
+  <si>
+    <t>TLM-700UHD</t>
+  </si>
+  <si>
+    <t>7inch 4K Look-Back Monitor</t>
+  </si>
+  <si>
+    <t>ELG10MAG9901</t>
   </si>
   <si>
     <t>Elgato</t>
   </si>
   <si>
-    <t>HD60 X</t>
-[...17 lines deleted...]
-    <t>KENKO2934</t>
+    <t>Wave XLR</t>
+  </si>
+  <si>
+    <t>Microphone Interface &amp; Digital Mixing Solution</t>
+  </si>
+  <si>
+    <t>0840006642886</t>
+  </si>
+  <si>
+    <t>ELG10AAM9901</t>
+  </si>
+  <si>
+    <t>Wave Mic Arm</t>
+  </si>
+  <si>
+    <t>Suspension Boom Arm (High Rise)</t>
+  </si>
+  <si>
+    <t>HEDRPDC30</t>
+  </si>
+  <si>
+    <t>Hedbox</t>
+  </si>
+  <si>
+    <t>RP-DC30</t>
+  </si>
+  <si>
+    <t>Traveller Single Battery Charger</t>
+  </si>
+  <si>
+    <t>KENKO2808</t>
   </si>
   <si>
     <t>Kenko</t>
   </si>
   <si>
-    <t>58mm PRO1D+ Instant Action C-PL Set</t>
-[...320 lines deleted...]
-    <t>KONBMCAGEGRIP</t>
+    <t> 95mm REALPRO MC Protector</t>
+  </si>
+  <si>
+    <t>Large size PROTECTOR with Anti-Stain Coating (ASC) is ultimate super clear glass for lens protection</t>
+  </si>
+  <si>
+    <t>KENKO2129</t>
+  </si>
+  <si>
+    <t>SKYMEMO Pinpoint Wedge</t>
+  </si>
+  <si>
+    <t>2-axis fine adjustment wedge</t>
+  </si>
+  <si>
+    <t>KONS1HBK</t>
   </si>
   <si>
     <t>Kondor Blue</t>
   </si>
   <si>
-    <t>BMPCC4K/6K Battery Grip Cage</t>
-[...14 lines deleted...]
-    <t>PANDCS1M2ESME</t>
+    <t>Panasonic Lumix S1H Cage (S1/S1R/S1H)</t>
+  </si>
+  <si>
+    <t>Panasonic Lumix S1H Cage (S1/S1R/S1H) - Raven Black</t>
+  </si>
+  <si>
+    <t>KONSPAGPR</t>
+  </si>
+  <si>
+    <t>Shoulder Rig Pro</t>
+  </si>
+  <si>
+    <t>Shoulder Pad Air Pro Rig - Gold Mount - Space Grey</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPBSR</t>
+  </si>
+  <si>
+    <t>Blackmagic Pocket 6K Pro Base Rig</t>
+  </si>
+  <si>
+    <t>Base Rig for Blackmagic Design Pocket Cinema Camera 6K Pro  - Space Grey</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGP</t>
+  </si>
+  <si>
+    <t>BMPCC 6K Pro Cage with Battery Grip</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Blackmagic Design Pocket Cinema Camera 6K Pro - Space Grey</t>
+  </si>
+  <si>
+    <t>KONULMS</t>
+  </si>
+  <si>
+    <t>RF Lens Mount Support for Speed Boosters &amp; Adapters</t>
+  </si>
+  <si>
+    <t>RF lens mount support for speed boosters and adapters - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCSPBK</t>
+  </si>
+  <si>
+    <t>Cold Shoe Receiver</t>
+  </si>
+  <si>
+    <t>Aluminium receiver mount for flashes and other cold shoe accessories - Raven Black</t>
+  </si>
+  <si>
+    <t>KONURSAMTP</t>
+  </si>
+  <si>
+    <t>URSA Mini Top Plate (12K/4.6K/4K)</t>
+  </si>
+  <si>
+    <t>Top Plate for URSA Mini - Space Grey</t>
+  </si>
+  <si>
+    <t>KONNATOEXT</t>
+  </si>
+  <si>
+    <t>NATO Riser Height Extension for Top Handles</t>
+  </si>
+  <si>
+    <t>NATO Riser to offset your top handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCANCAGEGRIP</t>
+  </si>
+  <si>
+    <t>Canon R5/R6/R Cage with Battery Grip</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Canon R5/R6/R with Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURSAM</t>
+  </si>
+  <si>
+    <t>URSA Mini Cage (12K, 4.6K, 4K)</t>
+  </si>
+  <si>
+    <t>Cage with Top Handle for Blackmagic Design Pocket URSA Mini 12K / 4.6K / 4K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCRL12PRO</t>
+  </si>
+  <si>
+    <t>Firefly D-Tap Light</t>
+  </si>
+  <si>
+    <t>Cine Rig Light Pro - 12 inch</t>
+  </si>
+  <si>
+    <t>KONSONYA7R</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Cage (A1/A7S3/A74)</t>
+  </si>
+  <si>
+    <t>Cage for Sony A1/A7S3/A74 with Trigger Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCANONCAGEBK</t>
+  </si>
+  <si>
+    <t>Canon R5/R6/R Cage</t>
+  </si>
+  <si>
+    <t>Cage for Canon R5/R6/R with Top Handle - Black</t>
+  </si>
+  <si>
+    <t>KONS1HCOBK</t>
+  </si>
+  <si>
+    <t>Panasonic LUMIX S1H Cage</t>
+  </si>
+  <si>
+    <t>Cage only for Panasonic LUMIX S1H - Raven Black</t>
+  </si>
+  <si>
+    <t>KONSPAVPRBK</t>
+  </si>
+  <si>
+    <t>Shoulder Pad Air Pro Rig - V-Mount - Black</t>
+  </si>
+  <si>
+    <t>KONQRRMRBK</t>
+  </si>
+  <si>
+    <t>Quick Release Rosette Module - Right</t>
+  </si>
+  <si>
+    <t>ARRI-style rosette accessory mount with quick-release lever for quick angle adjustment - Raven Black</t>
+  </si>
+  <si>
+    <t>KONBMCGGPKT</t>
+  </si>
+  <si>
+    <t>BMPCC4K/6K Battery Grip Cage Mod Kit</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage Mod Kit for Blackmagic Design Pocket Cinema Camera 4K / 6K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGPKB</t>
+  </si>
+  <si>
+    <t>Blackmagic Pocket 6K Pro Battery Grip Extension Kit</t>
+  </si>
+  <si>
+    <t>Battery Grip Extension Kit for Blackmagic Pocket 6K Pro - Black</t>
+  </si>
+  <si>
+    <t>KONQRRMR</t>
+  </si>
+  <si>
+    <t>ARRI-style rosette accessory mount with quick-release lever for quick angle adjustment - Space Grey</t>
+  </si>
+  <si>
+    <t>KONSONYA7RBRBK</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Base Rig MKII</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Base Rig MKII (A1/A7S3/A74/A7R5) - Raven Black</t>
+  </si>
+  <si>
+    <t>KONTRIGPROBK</t>
+  </si>
+  <si>
+    <t>Trigger Pro Top Handle (Run/Stop Trigger)</t>
+  </si>
+  <si>
+    <t>Trigger Top Handle with Start/Stop Button - Raven Black</t>
+  </si>
+  <si>
+    <t>KONURSAMCOBK</t>
+  </si>
+  <si>
+    <t>Cage without Top Handle for Blackmagic Design Pocket URSA Mini 12K / 4.6K / 4K - Black</t>
+  </si>
+  <si>
+    <t>KONURSABPGBK</t>
+  </si>
+  <si>
+    <t>Blackmagic URSA Mini Battery Plate (Gold Mount)</t>
+  </si>
+  <si>
+    <t>Battery Plate for Blackmagic Design URSA Mini - Gold Mount - Raven Black</t>
+  </si>
+  <si>
+    <t>KONCR5CCOBK</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage (Cage Only) - Raven Black</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGPT</t>
+  </si>
+  <si>
+    <t>BMPCC 6K Pro Cage Battery Grip</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage with Top Handle for Blackmagic Design Pocket Cinema Camera 6K Pro - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMTPBK</t>
+  </si>
+  <si>
+    <t>RED KOMODO/KOMODO-X Top Plate</t>
+  </si>
+  <si>
+    <t>RED Komodo/Komodo-X Top Plate - Raven Black</t>
+  </si>
+  <si>
+    <t>KONCANONCGGPCOB</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Canon R5/R6/R without Top Handle - Black</t>
+  </si>
+  <si>
+    <t>KONS1HCO</t>
+  </si>
+  <si>
+    <t>Cage only for Panasonic LUMIX S1H - Space Grey</t>
+  </si>
+  <si>
+    <t>KONSPAVPR</t>
+  </si>
+  <si>
+    <t>Shoulder Pad Air Pro Rig - V-Mount - Space Grey</t>
+  </si>
+  <si>
+    <t>KONQRRMLBK</t>
+  </si>
+  <si>
+    <t>Quick Release Rosette Module - Left</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGPK</t>
+  </si>
+  <si>
+    <t>Battery Grip Extension Kit for Blackmagic Pocket 6K Pro - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCR5CBK</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage with Top Handle</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage with Top Handle - Raven Black</t>
+  </si>
+  <si>
+    <t>KONQRRML</t>
+  </si>
+  <si>
+    <t>KONCR5CBR</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig MKII</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig MKII - Space Grey</t>
+  </si>
+  <si>
+    <t>KONTRIGPRO</t>
+  </si>
+  <si>
+    <t>Trigger Top Handle with Start/Stop Button - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURSABPG</t>
+  </si>
+  <si>
+    <t>Battery Plate for Blackmagic Design URSA Mini - Gold Mount - Space Grey</t>
+  </si>
+  <si>
+    <t>KONSPAGPRBK</t>
+  </si>
+  <si>
+    <t>Shoulder Pad Air Pro Rig - Gold Mount - Black</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGRIP</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Blackmagic Design Pocket Cinema Camera 6K Pro - Black</t>
+  </si>
+  <si>
+    <t>KONCR5CCO</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage (Cage Only) - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMTP</t>
+  </si>
+  <si>
+    <t>RED Komodo/Komodo-X Top Plate - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURSAMTPBK</t>
+  </si>
+  <si>
+    <t>Top Plate for URSA Mini - Raven Black</t>
+  </si>
+  <si>
+    <t>KONNATOEXTBK</t>
+  </si>
+  <si>
+    <t>NATO Riser to offset your top handle - Raven Black</t>
+  </si>
+  <si>
+    <t>KONCANONCGGPCO</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Canon R5/R6/R without Top Handle</t>
+  </si>
+  <si>
+    <t>KONURSAMCO</t>
+  </si>
+  <si>
+    <t>Cage without Top Handle for Blackmagic Design Pocket URSA Mini 12K / 4.6K / 4K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCR5C</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage with Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCRL18PRO</t>
+  </si>
+  <si>
+    <t>Cine Rig Light Pro - 18 inch</t>
+  </si>
+  <si>
+    <t>KONCANONBSRGBK</t>
+  </si>
+  <si>
+    <t>Canon R5 Base Rig (R5/R6/R)</t>
+  </si>
+  <si>
+    <t>Base Rig for Canon R5/R6/R - Black</t>
+  </si>
+  <si>
+    <t>KONKOMCOBK</t>
+  </si>
+  <si>
+    <t>RED Komodo Cage</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo without Top Handle - Black</t>
+  </si>
+  <si>
+    <t>KONCR5CBRIGBK</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig - Raven Black</t>
+  </si>
+  <si>
+    <t>KONKOMBOTBK</t>
+  </si>
+  <si>
+    <t>Komodo Bottom Plate</t>
+  </si>
+  <si>
+    <t>Bottom Plate for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONKOMRP</t>
+  </si>
+  <si>
+    <t>Komodo Right Side Plate</t>
+  </si>
+  <si>
+    <t>Right Side Plate for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>KONGRIP15BK</t>
+  </si>
+  <si>
+    <t>Hand Grip For 15mm Rod</t>
+  </si>
+  <si>
+    <t>Hand Grip For 15mm Rod - Black</t>
+  </si>
+  <si>
+    <t>KONQRGRIPL</t>
+  </si>
+  <si>
+    <t>Quick Release Rosette Hand Grip - Left</t>
+  </si>
+  <si>
+    <t>Textured handgrip for use with extension arms and accessories with ARRI-compatible rosette mounts - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCR5CURigBk</t>
+  </si>
+  <si>
+    <t>Canon R5C Ultimate Rig</t>
+  </si>
+  <si>
+    <t>Canon R5C Ultimate Rig - Raven Black</t>
+  </si>
+  <si>
+    <t>KONZCAMBASERIGB</t>
+  </si>
+  <si>
+    <t>Z Cam E2 Flagship Base Rig (M4/S6/F6/F8)</t>
+  </si>
+  <si>
+    <t>Base Rig for Z Cam E2 - Black</t>
+  </si>
+  <si>
+    <t>KONKOMCO</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo without Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCR5CBRIG</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMLPBK</t>
+  </si>
+  <si>
+    <t>Komodo Left Side Plate</t>
+  </si>
+  <si>
+    <t>Left Side Plate for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONKOMLP</t>
+  </si>
+  <si>
+    <t>Left Side Plate for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMBASERIG</t>
+  </si>
+  <si>
+    <t>RED Komodo Base Rig</t>
+  </si>
+  <si>
+    <t>Base Rig for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>15mm to 19mm Bushing x2</t>
+  </si>
+  <si>
+    <t>Aluminium bushing for adapting 15mm rods for use with 19mm rod accessories</t>
+  </si>
+  <si>
+    <t>KONGRIP15</t>
+  </si>
+  <si>
+    <t>Hand Grip For 15mm Rod - Space Grey</t>
+  </si>
+  <si>
+    <t>KONGLDBATT</t>
+  </si>
+  <si>
+    <t>Cine Gold Mount Battery Plate for 15mm LWS Rigs</t>
+  </si>
+  <si>
+    <t>Cine Gold Mount Battery Plate with 15mm LWS rod connectors. Features DC outputs for powering multiple devices</t>
+  </si>
+  <si>
+    <t>KONKOMBK</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo with Top Handle - Black</t>
+  </si>
+  <si>
+    <t>KONCANONBSR</t>
+  </si>
+  <si>
+    <t>Base Rig for Canon R5/R6/R - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMRPBK</t>
+  </si>
+  <si>
+    <t>Right Side Plate for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONKOMURIG</t>
+  </si>
+  <si>
+    <t>RED Komodo Ultimate Rig</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURIGBK</t>
+  </si>
+  <si>
+    <t>Blackmagic Pocket Cinema 4K/6K Ultimate Rig</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for Blackmagic Design Pocket Cinema Camera 4K / 6K - Black</t>
+  </si>
+  <si>
+    <t>KONKOMBOT</t>
+  </si>
+  <si>
+    <t>Bottom Plate for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURIG</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for Blackmagic Design Pocket Cinema Camera 4K / 6K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCAGETH</t>
+  </si>
+  <si>
+    <t>Remote Trigger Top Handle for Camera Cages</t>
+  </si>
+  <si>
+    <t>Top handle with NATO clamp and 15mm rod mounting options and remote camera trigger button - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMBASERIGBK</t>
+  </si>
+  <si>
+    <t>Base Rig for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONKOM</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo with Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONQRGRIPSET</t>
+  </si>
+  <si>
+    <t>Quick Release Rosette Hand Grip Set</t>
+  </si>
+  <si>
+    <t>Pair of textured handgrips for use with extension arms and accessories with ARRI-compatible rosette mounts - Space Grey</t>
+  </si>
+  <si>
+    <t>KONHDMIM216P</t>
+  </si>
+  <si>
+    <t>Gerald Undone MK2 Full HDMI Straight Braided Cable (Purple)</t>
+  </si>
+  <si>
+    <t>HDMI to HDMI High Speed 4K 3D Nylon Braided Male Cable 60HZ  HDMI 2.0 18Gbps HDR Metadata</t>
+  </si>
+  <si>
+    <t>KONKOMURIGBK</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONSONYA7RBSRG</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Base Rig (A1/A7S3/A7R4)</t>
+  </si>
+  <si>
+    <t>Base Rig for Sony A1/A7S3/A74 - Space Grey</t>
+  </si>
+  <si>
+    <t>KONQRFBM</t>
+  </si>
+  <si>
+    <t>Mini Monitor Arm Quick Release Plate</t>
+  </si>
+  <si>
+    <t>Mini Quick Release Plate for Monitors, Arms &amp; Accessories - Blue</t>
+  </si>
+  <si>
+    <t>KONQRFBMRBK</t>
+  </si>
+  <si>
+    <t>Mini Quick Release Plate for Monitors, Arms &amp; Accessories - Black</t>
+  </si>
+  <si>
+    <t>LKBLGTRCCA2PCUK</t>
+  </si>
+  <si>
+    <t>Logickeyboard</t>
+  </si>
+  <si>
+    <t>Lightroom CC | CS6 - PC Backlit ASTRA2</t>
+  </si>
+  <si>
+    <t>Adobe Lightroom CC / CS6 PC Backlit ASTRA2 Keyboard </t>
+  </si>
+  <si>
+    <t>Custom Made Keyboard</t>
+  </si>
+  <si>
+    <t>Custom made personalized shortcut keyboards for both PC and Mac</t>
+  </si>
+  <si>
+    <t>LKBVEGASBJPUUK</t>
+  </si>
+  <si>
+    <t>Vegas Black Keyboard - PC</t>
+  </si>
+  <si>
+    <t>Magix Vegas PC Slim Black Keyboard</t>
+  </si>
+  <si>
+    <t>LKBC4DBA2PCUK</t>
+  </si>
+  <si>
+    <t>Cinema 4D Studio Keyboard - PC Backlit ASTRA2</t>
+  </si>
+  <si>
+    <t>Maxon Cinema 4D PC Backlit ASTRA2 Keyboard</t>
+  </si>
+  <si>
+    <t>LKBNEWSCBJPUUK</t>
+  </si>
+  <si>
+    <t>NewsCutter - PC Nero Slimline Keyboard</t>
+  </si>
+  <si>
+    <t>LKBLGTRCCCWMUUK</t>
+  </si>
+  <si>
+    <t>Lightroom CC - Mac Alba</t>
+  </si>
+  <si>
+    <t>Adobe Lightroom CC Mac Alba Keyboard</t>
+  </si>
+  <si>
+    <t>LKBVEGASAJPUUK</t>
+  </si>
+  <si>
+    <t>Vegas Keyboard - PC</t>
+  </si>
+  <si>
+    <t>Magix Vegas PC Slim Keyboard</t>
+  </si>
+  <si>
+    <t>LKBC4DBA2MUK</t>
+  </si>
+  <si>
+    <t>Cinema 4D Studio Keyboard - Mac Backlit ASTRA2</t>
+  </si>
+  <si>
+    <t>Maxon Cinema 4D Mac Backlit ASTRA2 Keyboard</t>
+  </si>
+  <si>
+    <t>LKBILSTCCAJPUUK</t>
+  </si>
+  <si>
+    <t>Illustrator Keyboard - PC</t>
+  </si>
+  <si>
+    <t>Adobe Illustrator CC PC Slim Keyboard</t>
+  </si>
+  <si>
+    <t>LKBAECCCWMUUK</t>
+  </si>
+  <si>
+    <t>After Effects CC - Mac Alba</t>
+  </si>
+  <si>
+    <t>Adobe After Effects CC Mac Alba Keyboard</t>
+  </si>
+  <si>
+    <t>LKBMAYACWMUUK</t>
+  </si>
+  <si>
+    <t>Maya - Mac Alba</t>
+  </si>
+  <si>
+    <t>Autodesk Maya CC Mac Alba Keyboard</t>
+  </si>
+  <si>
+    <t>LKBAUDCCAJPUUK</t>
+  </si>
+  <si>
+    <t>Audition Keyboard - PC</t>
+  </si>
+  <si>
+    <t>Adobe Audition PC Slim Line Keyboard</t>
+  </si>
+  <si>
+    <t>LKBLGTRCCA2MUK</t>
+  </si>
+  <si>
+    <t>Lightroom CC - Mac Backlit ASTRA2</t>
+  </si>
+  <si>
+    <t>Adobe Lightroom CC/6 Mac Backlit ASTRA2 Keyboard</t>
+  </si>
+  <si>
+    <t>LKBMAYAA2MUK</t>
+  </si>
+  <si>
+    <t>Maya - Mac ASTRA 2 Backlit Keyboard</t>
+  </si>
+  <si>
+    <t>LKBFCPX10CWMUUK</t>
+  </si>
+  <si>
+    <t>Final Cut Pro X - Mac Alba</t>
+  </si>
+  <si>
+    <t>Apple Final Cut Pro X Mac Alba Keyboard</t>
+  </si>
+  <si>
+    <t>Live Mac Keyboard Skin</t>
+  </si>
+  <si>
+    <t>Ableton Live Mac Keyboard Skin</t>
+  </si>
+  <si>
+    <t>OPTE8447</t>
+  </si>
+  <si>
+    <t>OpTech</t>
+  </si>
+  <si>
+    <t>Magnetic QD Connector</t>
+  </si>
+  <si>
+    <t>Magnetically attaches lens caps or other small accessories to straps with 3/4" Quick Disconnects</t>
+  </si>
+  <si>
+    <t>Panasonic</t>
+  </si>
+  <si>
+    <t>AK-HC3900 Studio Camera Chain</t>
+  </si>
+  <si>
+    <t>Long distance Optical Fiber transmission studio camera system</t>
+  </si>
+  <si>
+    <t>MTF</t>
+  </si>
+  <si>
+    <t>43ADAPCFD</t>
+  </si>
+  <si>
+    <t>Canon FD to Micro 4/3 Adaptor</t>
+  </si>
+  <si>
+    <t>AU-XPD1E</t>
+  </si>
+  <si>
+    <t>expressP2 Card drive for Varicam</t>
+  </si>
+  <si>
+    <t>AK-HC5000 HD Studio Camera Chain</t>
+  </si>
+  <si>
+    <t>AK-HC5000 HD Studio Camera System</t>
+  </si>
+  <si>
+    <t>AW-HN38HWEJ</t>
+  </si>
+  <si>
+    <t>NDI|HX PTZ camera (HDMI) with 22x zoom - White </t>
+  </si>
+  <si>
+    <t>PANAKHVF100GJ</t>
+  </si>
+  <si>
+    <t>AK-HVF100</t>
+  </si>
+  <si>
+    <t>LCD Colour Viewfinder for AK-UC3000 / AK-UC5000</t>
+  </si>
+  <si>
+    <t>AJ-PS002G</t>
+  </si>
+  <si>
+    <t>AVC-INTRA Export Plug-In</t>
+  </si>
+  <si>
+    <t>PANAUVGRP1</t>
+  </si>
+  <si>
+    <t>AU-VGRP1</t>
+  </si>
+  <si>
+    <t>Grip Module for VariCam LT</t>
+  </si>
+  <si>
+    <t>Hahnel</t>
+  </si>
+  <si>
+    <t>DSLR Dual Power Pack</t>
+  </si>
+  <si>
+    <t>Professional Twin Charger For Fujifilm / Panasonic</t>
+  </si>
+  <si>
+    <t>PANAKUC4000GSJ</t>
+  </si>
+  <si>
+    <t>AK-UC4000</t>
+  </si>
+  <si>
+    <t>4K Studio Camera</t>
+  </si>
+  <si>
+    <t>AK-HC3900</t>
+  </si>
+  <si>
+    <t>HD HDR Studio Camera (4K upgradeable)</t>
+  </si>
+  <si>
+    <t>AJ-PCD20EJ</t>
+  </si>
+  <si>
+    <t>5 Slot P2 Memory Card Drive USB</t>
+  </si>
+  <si>
+    <t>AJ-PX800</t>
+  </si>
+  <si>
+    <t>Ultra Light Weight 3MOS Shoulder-mount Camcorder - body only</t>
+  </si>
+  <si>
+    <t>AJ-P2E060FG</t>
+  </si>
+  <si>
+    <t>F Series 60Gb P2 Memory Card</t>
+  </si>
+  <si>
+    <t>AW-HN38HKEJ</t>
+  </si>
+  <si>
+    <t>NDI|HX PTZ camera (HDMI) with 22x zoom - Black</t>
+  </si>
+  <si>
+    <t>AK-HRP1000</t>
+  </si>
+  <si>
+    <t>Remote Operation Panel for AK-UC3000 / AK-UC4000 / AK-HC5000</t>
+  </si>
+  <si>
+    <t>AJ-PS001G</t>
+  </si>
+  <si>
+    <t>Proxy Re-Link Plug-In</t>
+  </si>
+  <si>
+    <t>PANAUVSHL2</t>
+  </si>
+  <si>
+    <t>AU-VSHL2</t>
+  </si>
+  <si>
+    <t>Shoulder Pad for VariCam LT</t>
+  </si>
+  <si>
+    <t>AU-XP0256BG</t>
+  </si>
+  <si>
+    <t>256GB P2 Express Card for Varicam</t>
+  </si>
+  <si>
+    <t>AW-UN70KEJ</t>
+  </si>
+  <si>
+    <t>4K PTZ Camera with NDI (Black)</t>
+  </si>
+  <si>
+    <t>PANKSTOH70WMPOE</t>
+  </si>
+  <si>
+    <t>KST-UE70/HE40</t>
+  </si>
+  <si>
+    <t>KST Outdoor Housing for AW-HE40/AW-UE70 CLEAR &amp; DBH06 /POE</t>
+  </si>
+  <si>
+    <t>AJ-PS004G</t>
+  </si>
+  <si>
+    <t>Software key AVC-LongG Import  for Avid Media Composer and Avid News Cutter</t>
+  </si>
+  <si>
+    <t>AJ-P2E030FG</t>
+  </si>
+  <si>
+    <t>F Series 30Gb P2 Memory Card</t>
+  </si>
+  <si>
+    <t>PANAWHR140EJ</t>
+  </si>
+  <si>
+    <t>AW-HR140</t>
+  </si>
+  <si>
+    <t>Full HD Rugged Outdoor PTZ Camera</t>
+  </si>
+  <si>
+    <t>AJ-P2M064AG</t>
+  </si>
+  <si>
+    <t>64GB MicroP2 Memory Card</t>
+  </si>
+  <si>
+    <t>PANAWUE160WEJ8</t>
+  </si>
+  <si>
+    <t>AW-UE160W</t>
+  </si>
+  <si>
+    <t>4K Integrated PTZ Camera - White</t>
+  </si>
+  <si>
+    <t>CGAD54SE</t>
+  </si>
+  <si>
+    <t>7.2V / 5400mAh Lithium-Ion Battery</t>
+  </si>
+  <si>
+    <t>PANAUV35LT1G</t>
+  </si>
+  <si>
+    <t>VariCam LT</t>
+  </si>
+  <si>
+    <t>Varicam LT 4K camera head</t>
+  </si>
+  <si>
+    <t>AK-UC3000 4K Studio Camera Chain</t>
+  </si>
+  <si>
+    <t>AK-UC3000 4K Studio Camera System</t>
+  </si>
+  <si>
+    <t>AW-HN40HKEJ</t>
+  </si>
+  <si>
+    <t>Full HD PTZ Camera with NDI (Black)</t>
+  </si>
+  <si>
+    <t>AJ-PX5100</t>
+  </si>
+  <si>
+    <t>HDR-ready ENG Memory Card Camera Recorder</t>
+  </si>
+  <si>
+    <t>AJ-PS003G</t>
+  </si>
+  <si>
+    <t>Software key AVC-LongG Export for Avid Media Composer and Avid News Cutter</t>
+  </si>
+  <si>
+    <t>PANAUVMPL1</t>
+  </si>
+  <si>
+    <t>AU-VMPL1</t>
+  </si>
+  <si>
+    <t>PL Mount for VariCam LT</t>
+  </si>
+  <si>
+    <t>AU-XPD3EJ</t>
+  </si>
+  <si>
+    <t>Thunderbolt 3 expressP2 card drive</t>
+  </si>
+  <si>
+    <t>PANAWUE150KEJ8</t>
+  </si>
+  <si>
+    <t>AW-UE150K</t>
+  </si>
+  <si>
+    <t>UHD/4K 59.94p Integrated PTZ Camera - Black</t>
+  </si>
+  <si>
+    <t>PANDCGH7ME</t>
   </si>
   <si>
     <t>Panasonic LUMIX</t>
   </si>
   <si>
-    <t>DC-S1M2ESME</t>
-[...119 lines deleted...]
-    <t>PGYPCG081</t>
+    <t>DC-GH7ME</t>
+  </si>
+  <si>
+    <t>Micro Four-Thirds Mirrorless Camera - Body with Lumix 12-60mm F3.5-5.6 Lens</t>
+  </si>
+  <si>
+    <t>PANS5M2XM</t>
+  </si>
+  <si>
+    <t>DC-S5M2XM</t>
+  </si>
+  <si>
+    <t>DC-S5IIX Body with S-R24105 24-105mm Standard Zoom Lens</t>
+  </si>
+  <si>
+    <t>PANDCS1M2ME</t>
+  </si>
+  <si>
+    <t>DC-S1M2ME</t>
+  </si>
+  <si>
+    <t>Panasonic Lumix S1 II Body and Lumix 24-105mm</t>
+  </si>
+  <si>
+    <t>PANDCS1RM2ME</t>
+  </si>
+  <si>
+    <t>DC-S1RM2ME</t>
+  </si>
+  <si>
+    <t>Lumix S Full Frame L-Mount Hybrid Camera with S-R24105E Lens Kit</t>
+  </si>
+  <si>
+    <t>PGYPCB196</t>
   </si>
   <si>
     <t>PGYTECH</t>
   </si>
   <si>
-    <t>MantisPod 2.0</t>
-[...143 lines deleted...]
-    <t>SONECHODK2M2TB</t>
+    <t>OnePro Focux Backpack 25L</t>
+  </si>
+  <si>
+    <t>Camera Backpack with 3D aluminium frame for better ergonomics and increased strength - 25L Fern Green</t>
+  </si>
+  <si>
+    <t>PGYPCB392</t>
+  </si>
+  <si>
+    <t>OnePro Flex Backpack 40L + Camera Insert M</t>
+  </si>
+  <si>
+    <t>Camera Backpack with 3D aluminium frame for better ergonomics and increased strength - 40L Sunset Orange</t>
+  </si>
+  <si>
+    <t>SAMYANG6865</t>
+  </si>
+  <si>
+    <t>Samyang</t>
+  </si>
+  <si>
+    <t>Tripod Mount Ring</t>
+  </si>
+  <si>
+    <t>Tripod Mount Ring for Samyang Sony E Mount Lenses</t>
+  </si>
+  <si>
+    <t>SONSF32SXSPX</t>
   </si>
   <si>
     <t>Sonnet</t>
   </si>
   <si>
-    <t>Echo Dual NVMe Thunderbolt Dock</t>
-[...5 lines deleted...]
-    <t>WISECFA5120</t>
+    <t>SF3 Series - SXS Pro Card Reader</t>
+  </si>
+  <si>
+    <t>Professional Dual-Slot SxS Card Reader for Computers with Thunderbolt 3 Ports</t>
+  </si>
+  <si>
+    <t>WISEPTS1024</t>
   </si>
   <si>
     <t>Wise Advanced</t>
   </si>
   <si>
-    <t>CFA-5120</t>
-[...11 lines deleted...]
-    <t>320GB Pro CFexpress Memory Card</t>
+    <t>PTS-1024</t>
+  </si>
+  <si>
+    <t>Portable SSD - 1TB with USB 3.1 Type-C</t>
+  </si>
+  <si>
+    <t>WISESDN512</t>
+  </si>
+  <si>
+    <t>SD-N512</t>
+  </si>
+  <si>
+    <t>SDXC UHS-II Memory Card - 512GB - V90</t>
+  </si>
+  <si>
+    <t>WISESDN256</t>
+  </si>
+  <si>
+    <t>SD-N256</t>
+  </si>
+  <si>
+    <t>SDXC UHS-II Memory Card - 256GB - V90</t>
+  </si>
+  <si>
+    <t>WISECFX4B1024P3</t>
+  </si>
+  <si>
+    <t>CFX4-B1024PM3</t>
+  </si>
+  <si>
+    <t>1TB CFexpress 4.0 Type B PRO MkIII</t>
+  </si>
+  <si>
+    <t>WISEMSDS256</t>
+  </si>
+  <si>
+    <t>mSD-S256</t>
+  </si>
+  <si>
+    <t>microSDXC UHS-II V60 Memory Card - 256GB</t>
+  </si>
+  <si>
+    <t>SAMYANG7309BUN</t>
+  </si>
+  <si>
+    <t>XEEN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 5 LENS KIT 16/24/35/50/85mm PL</t>
+  </si>
+  <si>
+    <t>5 x Compact professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7327</t>
+  </si>
+  <si>
+    <t>XEEN CF 135mm T2.2 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, telephoto cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7989</t>
+  </si>
+  <si>
+    <t>XEEN 35mm T1.5 MFT</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, wide-angle cine lens - Micro Four Thirds Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7057</t>
+  </si>
+  <si>
+    <t>XEEN Meister 14mm T2.6 EF</t>
+  </si>
+  <si>
+    <t>Premium ultra wide-angle cine prime lens with T2.6 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7945</t>
+  </si>
+  <si>
+    <t>XEEN 24mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7976</t>
+  </si>
+  <si>
+    <t>XEEN 14mm T3.1 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7066</t>
+  </si>
+  <si>
+    <t>XEEN Meister 50mm T1.3 EF</t>
+  </si>
+  <si>
+    <t>Premium standard-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7993BUN</t>
+  </si>
+  <si>
+    <t>XEEN 3 CINEMA LENS KIT 14/85/135mm EF</t>
+  </si>
+  <si>
+    <t>3 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7998</t>
+  </si>
+  <si>
+    <t>135mm T2.2 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, telephoto cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7239</t>
+  </si>
+  <si>
+    <t>XEEN CF 24mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7967</t>
+  </si>
+  <si>
+    <t>XEEN 85mm T1.5 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, telephoto cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7305BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 3 LENS KIT 24/50/85mm EF</t>
+  </si>
+  <si>
+    <t>3 x Compact professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7237</t>
+  </si>
+  <si>
+    <t>XEEN CF 16mm T2.6 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, ultra wide-angle cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7948</t>
+  </si>
+  <si>
+    <t>XEEN 24mm T1.5 MFT</t>
+  </si>
+  <si>
+    <t>SAMYANG7061</t>
+  </si>
+  <si>
+    <t>XEEN Meister 24mm T1.3 PL</t>
+  </si>
+  <si>
+    <t>Premium wide-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7064</t>
+  </si>
+  <si>
+    <t>XEEN Meister 35mm T1.3 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7311BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 5 CINEMA LENS KIT 16/24/50/85/135mm EF</t>
+  </si>
+  <si>
+    <t>5x Professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7959</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, standard cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7994</t>
+  </si>
+  <si>
+    <t>XEEN 135mm T2.2 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, telephoto cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7069</t>
+  </si>
+  <si>
+    <t>XEEN Meister 85mm T1.3 EF</t>
+  </si>
+  <si>
+    <t>Premium short-telephoto cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7991BUN</t>
+  </si>
+  <si>
+    <t>XEEN 5 CINEMA LENS KIT 14/35/50/85/135mm EF</t>
+  </si>
+  <si>
+    <t>5 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7244</t>
+  </si>
+  <si>
+    <t>XEEN CF 50mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, standard cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7996</t>
+  </si>
+  <si>
+    <t>XEEN 135mm T2.2 E</t>
+  </si>
+  <si>
+    <t>SAMYANG7308BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 5 LENS KIT 16/24/35/50/85mm EF</t>
+  </si>
+  <si>
+    <t>5 x Compact professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7952</t>
+  </si>
+  <si>
+    <t>XEEN 20mm T1.9 FE</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7975</t>
+  </si>
+  <si>
+    <t>XEEN 14mm T3.1 MFT</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, ultra wide-angle cine lens - Micro Four Thirds Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7058</t>
+  </si>
+  <si>
+    <t>XEEN Meister 14mm T2.6 PL</t>
+  </si>
+  <si>
+    <t>Premium ultra wide-angle cine prime lens with T2.6 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7972</t>
+  </si>
+  <si>
+    <t>XEEN 14mm T3.1 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7067</t>
+  </si>
+  <si>
+    <t>XEEN Meister 50mm T1.3 PL</t>
+  </si>
+  <si>
+    <t>Premium standard-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7999BUN</t>
+  </si>
+  <si>
+    <t>XEEN 4 CINEMA LENS KIT 14/35/50/85mm EF</t>
+  </si>
+  <si>
+    <t>4 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7984</t>
+  </si>
+  <si>
+    <t>16mm T2.6 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7238</t>
+  </si>
+  <si>
+    <t>XEEN CF 24mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7957</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, standard cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7248</t>
+  </si>
+  <si>
+    <t>XEEN CF 85mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, telephoto cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7249</t>
+  </si>
+  <si>
+    <t>XEEN CF 85mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, telephoto cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG8001BUN</t>
+  </si>
+  <si>
+    <t>XEEN 5 CINEMA LENS KIT 14/24/35/50/85mm PL</t>
+  </si>
+  <si>
+    <t>5 x Professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7328</t>
+  </si>
+  <si>
+    <t>XEEN CF 135mm T2.2 FE</t>
+  </si>
+  <si>
+    <t>SAMYANG6867</t>
+  </si>
+  <si>
+    <t>XEEN Anamorphic 50mm T2.3</t>
+  </si>
+  <si>
+    <t>Premium 2x Anamorphic prime lens for high-end digital cinematography, covering full-frame 36x24mm sensors, available in PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7304BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 4 CINEMA LENS KIT 24/35/50/85mm PL</t>
+  </si>
+  <si>
+    <t>4x Professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7955</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, standard cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7990</t>
+  </si>
+  <si>
+    <t>XEEN 35mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7070</t>
+  </si>
+  <si>
+    <t>XEEN Meister 85mm T1.3 PL</t>
+  </si>
+  <si>
+    <t>Premium short-telephoto cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7315BUN</t>
+  </si>
+  <si>
+    <t>XEEN Meister 5 LENS KIT 14/24/35/50/85mm PL</t>
+  </si>
+  <si>
+    <t>5 x Premium CINE Prime Lens Kit - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7242</t>
+  </si>
+  <si>
+    <t>XEEN CF 35mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7988</t>
+  </si>
+  <si>
+    <t>XEEN 35mm T1.5 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7307BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 3 LENS KIT 24/50/85mm FE</t>
+  </si>
+  <si>
+    <t>3 x Compact professional, manual focus, full frame cine lenses and hard case - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7982</t>
+  </si>
+  <si>
+    <t>XEEN 16mm T2.6 FE</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7968</t>
+  </si>
+  <si>
+    <t>XEEN 85mm T1.5 MFT</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, telephoto cine lens - Micro Four Thirds Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7062</t>
+  </si>
+  <si>
+    <t>XEEN Meister 24mm T1.3 E</t>
+  </si>
+  <si>
+    <t>Premium wide-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7065</t>
+  </si>
+  <si>
+    <t>XEEN Meister 35mm T1.3 E</t>
+  </si>
+  <si>
+    <t>SAMYANG7303BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 4 CINEMA LENS KIT 16/24/50/85mm EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7969</t>
+  </si>
+  <si>
+    <t>XEEN 85mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7953</t>
+  </si>
+  <si>
+    <t>20mm T1.9 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7236</t>
+  </si>
+  <si>
+    <t>XEEN CF 16mm T2.6 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, ultra wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7947</t>
+  </si>
+  <si>
+    <t>XEEN 24mm T1.5 E</t>
+  </si>
+  <si>
+    <t>SAMYANG7247</t>
+  </si>
+  <si>
+    <t>XEEN CF 85mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7246</t>
+  </si>
+  <si>
+    <t>XEEN CF 50mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, standard cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG8000BUN</t>
+  </si>
+  <si>
+    <t>XEEN 5 CINEMA LENS KIT 14/24/35/50/85mm EF</t>
+  </si>
+  <si>
+    <t>5 x Professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7326</t>
+  </si>
+  <si>
+    <t>XEEN CF 135mm T2.2 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7997</t>
+  </si>
+  <si>
+    <t>XEEN 135mm T2.2 MFT</t>
+  </si>
+  <si>
+    <t>SAMYANG7059</t>
+  </si>
+  <si>
+    <t>XEEN Meister 14mm T2.6 E</t>
+  </si>
+  <si>
+    <t>Premium ultra wide-angle cine prime lens with T2.6 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7949</t>
+  </si>
+  <si>
+    <t>XEEN 24mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7986</t>
+  </si>
+  <si>
+    <t>XEEN 35mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7068</t>
+  </si>
+  <si>
+    <t>XEEN Meister 50mm T1.3 E</t>
+  </si>
+  <si>
+    <t>Premium standard-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7992BUN</t>
+  </si>
+  <si>
+    <t>XEEN 2 CINEMA LENS KIT 14/85mm EF</t>
+  </si>
+  <si>
+    <t>2 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7241</t>
+  </si>
+  <si>
+    <t>XEEN CF 35mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7974</t>
+  </si>
+  <si>
+    <t>XEEN 14mm T3.1 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7306BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 3 LENS KIT 24/50/85mm PL</t>
+  </si>
+  <si>
+    <t>3 x Compact professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7243</t>
+  </si>
+  <si>
+    <t>XEEN CF 35mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7958</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 MFT</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, standard cine lens - Micro Four Thirds Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7060</t>
+  </si>
+  <si>
+    <t>XEEN Meister 24mm T1.3 EF</t>
+  </si>
+  <si>
+    <t>Premium wide-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7063</t>
+  </si>
+  <si>
+    <t>XEEN Meister 35mm T1.3 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7312BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 6 CINEMA LENS KIT 16/24/35/50/85/135mm PL</t>
+  </si>
+  <si>
+    <t>6 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7965</t>
+  </si>
+  <si>
+    <t>XEEN 85mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7951</t>
+  </si>
+  <si>
+    <t>20mm T1.9 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7234</t>
+  </si>
+  <si>
+    <t>XEEN CF 16mm T2.6 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, ultra wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7071</t>
+  </si>
+  <si>
+    <t>XEEN Meister 85mm T1.3 E</t>
+  </si>
+  <si>
+    <t>Premium short-telephoto cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7245</t>
+  </si>
+  <si>
+    <t>XEEN CF 50mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, standard cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7240</t>
+  </si>
+  <si>
+    <t>XEEN CF 24mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - Sony E Mount</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E103"/>
+  <dimension ref="A1:E254"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="3" max="3" width="57" customWidth="1"/>
+    <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
-    <col min="5" max="5" width="4" customWidth="1"/>
+    <col min="5" max="5" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
@@ -1020,1531 +2245,3744 @@
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3"/>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4"/>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E14"/>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C16" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E17"/>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C18" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="E18"/>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="B19" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E19"/>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="B20" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="E20"/>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="B21" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="D22" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E23"/>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
         <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="D24" t="s">
+        <v>78</v>
       </c>
       <c r="E24"/>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="E25"/>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>85</v>
+      </c>
+      <c r="E26" t="s" s="3">
+        <v>86</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="B27" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="C27" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="E27"/>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="B28" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="C28" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="E28"/>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="E29"/>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="B30" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C30" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="D30" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="D31" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="E31"/>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="B32" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="D32" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="B33" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="D33" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="E33"/>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E34"/>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="B35" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="D35" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="E35"/>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="B36" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>119</v>
       </c>
       <c r="E36"/>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>102</v>
+        <v>120</v>
       </c>
       <c r="B37" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>121</v>
       </c>
       <c r="D37" t="s">
-        <v>104</v>
+        <v>122</v>
       </c>
       <c r="E37"/>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="B38" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="D38" t="s">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="E38"/>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="B39" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="B40" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
+        <v>130</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E40"/>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="B41" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="E41"/>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="B42" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C42" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="D42" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
       <c r="E42"/>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="B44" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="D44" t="s">
-        <v>125</v>
+        <v>143</v>
       </c>
       <c r="E44"/>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="B45" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="D45" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>129</v>
+        <v>146</v>
       </c>
       <c r="B46" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="D46" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="E46"/>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="B47" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C47" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="D47" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>151</v>
+      </c>
+      <c r="E47" s="4">
+        <v>7427038123168</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="B48" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C48" t="s">
-        <v>136</v>
+        <v>153</v>
       </c>
       <c r="D48" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="E48"/>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="B49" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C49" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D49" t="s">
-        <v>140</v>
+        <v>156</v>
       </c>
       <c r="E49"/>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="B50" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C50" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="E50"/>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>144</v>
+        <v>160</v>
       </c>
       <c r="B51" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C51" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="E51"/>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="B52" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C52" t="s">
-        <v>148</v>
+        <v>130</v>
       </c>
       <c r="D52" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="E52"/>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="B53" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C53" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="D53" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="E53"/>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="B54" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C54" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="D54" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="E54"/>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="B55" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C55" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="D55" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="E55"/>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="B56" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C56" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="D56" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
       <c r="E56"/>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="B57" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C57" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="D57" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="E57"/>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="B58" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C58" t="s">
-        <v>166</v>
+        <v>142</v>
       </c>
       <c r="D58" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="E58"/>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="B59" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C59" t="s">
-        <v>169</v>
+        <v>106</v>
       </c>
       <c r="D59" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="E59"/>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="B60" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C60" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="D60" t="s">
-        <v>173</v>
+        <v>148</v>
       </c>
       <c r="E60"/>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="B61" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C61" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="D61" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="E61"/>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="B62" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C62" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="D62" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="E62"/>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B63" t="s">
-        <v>181</v>
+        <v>102</v>
       </c>
       <c r="C63" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>156</v>
       </c>
       <c r="E63"/>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B64" t="s">
-        <v>181</v>
+        <v>102</v>
       </c>
       <c r="C64" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="D64" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E64"/>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="B65" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C65" t="s">
-        <v>189</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E65"/>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="B66" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C66" t="s">
-        <v>189</v>
+        <v>166</v>
       </c>
       <c r="D66" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="E66"/>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="B67" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C67" t="s">
-        <v>192</v>
+        <v>106</v>
       </c>
       <c r="D67" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="E67"/>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B68" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C68" t="s">
-        <v>195</v>
+        <v>112</v>
       </c>
       <c r="D68" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="E68"/>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B69" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C69" t="s">
-        <v>198</v>
+        <v>169</v>
       </c>
       <c r="D69" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E69"/>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B70" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C70" t="s">
-        <v>201</v>
+        <v>175</v>
       </c>
       <c r="D70" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="E70"/>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B71" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C71" t="s">
-        <v>204</v>
+        <v>121</v>
       </c>
       <c r="D71" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E71"/>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B72" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C72" t="s">
-        <v>207</v>
+        <v>124</v>
       </c>
       <c r="D72" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E72"/>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B73" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C73" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="D73" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E73"/>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B74" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C74" t="s">
-        <v>204</v>
+        <v>130</v>
       </c>
       <c r="D74" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E74"/>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B75" t="s">
+        <v>102</v>
+      </c>
+      <c r="C75" t="s">
         <v>188</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E75"/>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B76" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C76" t="s">
-        <v>207</v>
+        <v>133</v>
       </c>
       <c r="D76" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E76"/>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B77" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C77" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="D77" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E77"/>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B78" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C78" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="D78" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="E78"/>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B79" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C79" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="D79" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="E79"/>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B80" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C80" t="s">
-        <v>204</v>
+        <v>228</v>
       </c>
       <c r="D80" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E80"/>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B81" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C81" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="D81" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="E81"/>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B82" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="C82" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="D82" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="E82"/>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B83" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C83" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="D83" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="E83"/>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B84" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C84" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="D84" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="E84"/>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="B85" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C85" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="D85" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="E85"/>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B86" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C86" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="D86" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="E86"/>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B87" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C87" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="D87" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="E87"/>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="B88" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C88" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="D88" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E88"/>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B89" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C89" t="s">
-        <v>234</v>
+        <v>250</v>
       </c>
       <c r="D89" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="E89"/>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B90" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C90" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="D90" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E90"/>
     </row>
     <row r="91">
-      <c r="A91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A91"/>
       <c r="B91" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C91" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D91" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="E91"/>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B92" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C92" t="s">
-        <v>255</v>
+        <v>234</v>
       </c>
       <c r="D92" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="E92"/>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B93" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C93" t="s">
-        <v>234</v>
+        <v>262</v>
       </c>
       <c r="D93" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="E93"/>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B94" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C94" t="s">
-        <v>260</v>
+        <v>222</v>
       </c>
       <c r="D94" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E94"/>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B95" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C95" t="s">
-        <v>252</v>
+        <v>219</v>
       </c>
       <c r="D95" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="E95"/>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B96" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C96" t="s">
-        <v>264</v>
+        <v>231</v>
       </c>
       <c r="D96" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E96"/>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B97" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C97" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D97" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E97"/>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B98" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C98" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D98" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E98"/>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B99" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="C99" t="s">
-        <v>273</v>
+        <v>228</v>
       </c>
       <c r="D99" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E99"/>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B100" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="C100" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D100" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E100"/>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B101" t="s">
-        <v>280</v>
+        <v>102</v>
       </c>
       <c r="C101" t="s">
         <v>281</v>
       </c>
       <c r="D101" t="s">
         <v>282</v>
       </c>
       <c r="E101"/>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>283</v>
       </c>
       <c r="B102" t="s">
+        <v>102</v>
+      </c>
+      <c r="C102" t="s">
+        <v>255</v>
+      </c>
+      <c r="D102" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="E102"/>
     </row>
     <row r="103">
       <c r="A103" t="s">
+        <v>285</v>
+      </c>
+      <c r="B103" t="s">
+        <v>102</v>
+      </c>
+      <c r="C103" t="s">
+        <v>222</v>
+      </c>
+      <c r="D103" t="s">
+        <v>286</v>
+      </c>
+      <c r="E103"/>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
         <v>287</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="B104" t="s">
+        <v>102</v>
+      </c>
+      <c r="C104" t="s">
         <v>288</v>
       </c>
-      <c r="D103" t="s">
+      <c r="D104" t="s">
         <v>289</v>
       </c>
-      <c r="E103"/>
+      <c r="E104"/>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>290</v>
+      </c>
+      <c r="B105" t="s">
+        <v>102</v>
+      </c>
+      <c r="C105" t="s">
+        <v>291</v>
+      </c>
+      <c r="D105" t="s">
+        <v>292</v>
+      </c>
+      <c r="E105"/>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>293</v>
+      </c>
+      <c r="B106" t="s">
+        <v>102</v>
+      </c>
+      <c r="C106" t="s">
+        <v>271</v>
+      </c>
+      <c r="D106" t="s">
+        <v>294</v>
+      </c>
+      <c r="E106"/>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>295</v>
+      </c>
+      <c r="B107" t="s">
+        <v>102</v>
+      </c>
+      <c r="C107" t="s">
+        <v>296</v>
+      </c>
+      <c r="D107" t="s">
+        <v>297</v>
+      </c>
+      <c r="E107"/>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>298</v>
+      </c>
+      <c r="B108" t="s">
+        <v>102</v>
+      </c>
+      <c r="C108" t="s">
+        <v>299</v>
+      </c>
+      <c r="D108" t="s">
+        <v>300</v>
+      </c>
+      <c r="E108"/>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>301</v>
+      </c>
+      <c r="B109" t="s">
+        <v>102</v>
+      </c>
+      <c r="C109" t="s">
+        <v>299</v>
+      </c>
+      <c r="D109" t="s">
+        <v>302</v>
+      </c>
+      <c r="E109"/>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>303</v>
+      </c>
+      <c r="B110" t="s">
+        <v>304</v>
+      </c>
+      <c r="C110" t="s">
+        <v>305</v>
+      </c>
+      <c r="D110" t="s">
+        <v>306</v>
+      </c>
+      <c r="E110"/>
+    </row>
+    <row r="111">
+      <c r="A111"/>
+      <c r="B111" t="s">
+        <v>304</v>
+      </c>
+      <c r="C111" t="s">
+        <v>307</v>
+      </c>
+      <c r="D111" t="s">
+        <v>308</v>
+      </c>
+      <c r="E111"/>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>309</v>
+      </c>
+      <c r="B112" t="s">
+        <v>304</v>
+      </c>
+      <c r="C112" t="s">
+        <v>310</v>
+      </c>
+      <c r="D112" t="s">
+        <v>311</v>
+      </c>
+      <c r="E112"/>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>312</v>
+      </c>
+      <c r="B113" t="s">
+        <v>304</v>
+      </c>
+      <c r="C113" t="s">
+        <v>313</v>
+      </c>
+      <c r="D113" t="s">
+        <v>314</v>
+      </c>
+      <c r="E113"/>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>315</v>
+      </c>
+      <c r="B114" t="s">
+        <v>304</v>
+      </c>
+      <c r="C114" t="s">
+        <v>316</v>
+      </c>
+      <c r="D114" t="s">
+        <v>316</v>
+      </c>
+      <c r="E114"/>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>317</v>
+      </c>
+      <c r="B115" t="s">
+        <v>304</v>
+      </c>
+      <c r="C115" t="s">
+        <v>318</v>
+      </c>
+      <c r="D115" t="s">
+        <v>319</v>
+      </c>
+      <c r="E115"/>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>320</v>
+      </c>
+      <c r="B116" t="s">
+        <v>304</v>
+      </c>
+      <c r="C116" t="s">
+        <v>321</v>
+      </c>
+      <c r="D116" t="s">
+        <v>322</v>
+      </c>
+      <c r="E116"/>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>323</v>
+      </c>
+      <c r="B117" t="s">
+        <v>304</v>
+      </c>
+      <c r="C117" t="s">
+        <v>324</v>
+      </c>
+      <c r="D117" t="s">
+        <v>325</v>
+      </c>
+      <c r="E117"/>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>326</v>
+      </c>
+      <c r="B118" t="s">
+        <v>304</v>
+      </c>
+      <c r="C118" t="s">
+        <v>327</v>
+      </c>
+      <c r="D118" t="s">
+        <v>328</v>
+      </c>
+      <c r="E118"/>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>329</v>
+      </c>
+      <c r="B119" t="s">
+        <v>304</v>
+      </c>
+      <c r="C119" t="s">
+        <v>330</v>
+      </c>
+      <c r="D119" t="s">
+        <v>331</v>
+      </c>
+      <c r="E119"/>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>332</v>
+      </c>
+      <c r="B120" t="s">
+        <v>304</v>
+      </c>
+      <c r="C120" t="s">
+        <v>333</v>
+      </c>
+      <c r="D120" t="s">
+        <v>334</v>
+      </c>
+      <c r="E120"/>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>335</v>
+      </c>
+      <c r="B121" t="s">
+        <v>304</v>
+      </c>
+      <c r="C121" t="s">
+        <v>336</v>
+      </c>
+      <c r="D121" t="s">
+        <v>337</v>
+      </c>
+      <c r="E121"/>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>338</v>
+      </c>
+      <c r="B122" t="s">
+        <v>304</v>
+      </c>
+      <c r="C122" t="s">
+        <v>339</v>
+      </c>
+      <c r="D122" t="s">
+        <v>340</v>
+      </c>
+      <c r="E122"/>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>341</v>
+      </c>
+      <c r="B123" t="s">
+        <v>304</v>
+      </c>
+      <c r="C123" t="s">
+        <v>342</v>
+      </c>
+      <c r="D123" t="s">
+        <v>342</v>
+      </c>
+      <c r="E123"/>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>343</v>
+      </c>
+      <c r="B124" t="s">
+        <v>304</v>
+      </c>
+      <c r="C124" t="s">
+        <v>344</v>
+      </c>
+      <c r="D124" t="s">
+        <v>345</v>
+      </c>
+      <c r="E124"/>
+    </row>
+    <row r="125">
+      <c r="A125"/>
+      <c r="B125" t="s">
+        <v>304</v>
+      </c>
+      <c r="C125" t="s">
+        <v>346</v>
+      </c>
+      <c r="D125" t="s">
+        <v>347</v>
+      </c>
+      <c r="E125"/>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>348</v>
+      </c>
+      <c r="B126" t="s">
+        <v>349</v>
+      </c>
+      <c r="C126" t="s">
+        <v>350</v>
+      </c>
+      <c r="D126" t="s">
+        <v>351</v>
+      </c>
+      <c r="E126"/>
+    </row>
+    <row r="127">
+      <c r="A127"/>
+      <c r="B127" t="s">
+        <v>352</v>
+      </c>
+      <c r="C127" t="s">
+        <v>353</v>
+      </c>
+      <c r="D127" t="s">
+        <v>354</v>
+      </c>
+      <c r="E127"/>
+    </row>
+    <row r="128">
+      <c r="A128"/>
+      <c r="B128" t="s">
+        <v>355</v>
+      </c>
+      <c r="C128" t="s">
+        <v>356</v>
+      </c>
+      <c r="D128" t="s">
+        <v>357</v>
+      </c>
+      <c r="E128"/>
+    </row>
+    <row r="129">
+      <c r="A129"/>
+      <c r="B129" t="s">
+        <v>352</v>
+      </c>
+      <c r="C129" t="s">
+        <v>358</v>
+      </c>
+      <c r="D129" t="s">
+        <v>359</v>
+      </c>
+      <c r="E129"/>
+    </row>
+    <row r="130">
+      <c r="A130"/>
+      <c r="B130" t="s">
+        <v>352</v>
+      </c>
+      <c r="C130" t="s">
+        <v>360</v>
+      </c>
+      <c r="D130" t="s">
+        <v>361</v>
+      </c>
+      <c r="E130"/>
+    </row>
+    <row r="131">
+      <c r="A131"/>
+      <c r="B131" t="s">
+        <v>352</v>
+      </c>
+      <c r="C131" t="s">
+        <v>362</v>
+      </c>
+      <c r="D131" t="s">
+        <v>363</v>
+      </c>
+      <c r="E131"/>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>364</v>
+      </c>
+      <c r="B132" t="s">
+        <v>352</v>
+      </c>
+      <c r="C132" t="s">
+        <v>365</v>
+      </c>
+      <c r="D132" t="s">
+        <v>366</v>
+      </c>
+      <c r="E132"/>
+    </row>
+    <row r="133">
+      <c r="A133"/>
+      <c r="B133" t="s">
+        <v>352</v>
+      </c>
+      <c r="C133" t="s">
+        <v>367</v>
+      </c>
+      <c r="D133" t="s">
+        <v>368</v>
+      </c>
+      <c r="E133"/>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>369</v>
+      </c>
+      <c r="B134" t="s">
+        <v>352</v>
+      </c>
+      <c r="C134" t="s">
+        <v>370</v>
+      </c>
+      <c r="D134" t="s">
+        <v>371</v>
+      </c>
+      <c r="E134"/>
+    </row>
+    <row r="135">
+      <c r="A135"/>
+      <c r="B135" t="s">
+        <v>372</v>
+      </c>
+      <c r="C135" t="s">
+        <v>373</v>
+      </c>
+      <c r="D135" t="s">
+        <v>374</v>
+      </c>
+      <c r="E135"/>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>375</v>
+      </c>
+      <c r="B136" t="s">
+        <v>352</v>
+      </c>
+      <c r="C136" t="s">
+        <v>376</v>
+      </c>
+      <c r="D136" t="s">
+        <v>377</v>
+      </c>
+      <c r="E136"/>
+    </row>
+    <row r="137">
+      <c r="A137"/>
+      <c r="B137" t="s">
+        <v>352</v>
+      </c>
+      <c r="C137" t="s">
+        <v>378</v>
+      </c>
+      <c r="D137" t="s">
+        <v>379</v>
+      </c>
+      <c r="E137"/>
+    </row>
+    <row r="138">
+      <c r="A138"/>
+      <c r="B138" t="s">
+        <v>352</v>
+      </c>
+      <c r="C138" t="s">
+        <v>380</v>
+      </c>
+      <c r="D138" t="s">
+        <v>381</v>
+      </c>
+      <c r="E138"/>
+    </row>
+    <row r="139">
+      <c r="A139"/>
+      <c r="B139" t="s">
+        <v>352</v>
+      </c>
+      <c r="C139" t="s">
+        <v>382</v>
+      </c>
+      <c r="D139" t="s">
+        <v>383</v>
+      </c>
+      <c r="E139"/>
+    </row>
+    <row r="140">
+      <c r="A140"/>
+      <c r="B140" t="s">
+        <v>352</v>
+      </c>
+      <c r="C140" t="s">
+        <v>384</v>
+      </c>
+      <c r="D140" t="s">
+        <v>385</v>
+      </c>
+      <c r="E140"/>
+    </row>
+    <row r="141">
+      <c r="A141"/>
+      <c r="B141" t="s">
+        <v>352</v>
+      </c>
+      <c r="C141" t="s">
+        <v>386</v>
+      </c>
+      <c r="D141" t="s">
+        <v>387</v>
+      </c>
+      <c r="E141"/>
+    </row>
+    <row r="142">
+      <c r="A142"/>
+      <c r="B142" t="s">
+        <v>352</v>
+      </c>
+      <c r="C142" t="s">
+        <v>388</v>
+      </c>
+      <c r="D142" t="s">
+        <v>389</v>
+      </c>
+      <c r="E142"/>
+    </row>
+    <row r="143">
+      <c r="A143"/>
+      <c r="B143" t="s">
+        <v>352</v>
+      </c>
+      <c r="C143" t="s">
+        <v>390</v>
+      </c>
+      <c r="D143" t="s">
+        <v>391</v>
+      </c>
+      <c r="E143"/>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>392</v>
+      </c>
+      <c r="B144" t="s">
+        <v>352</v>
+      </c>
+      <c r="C144" t="s">
+        <v>393</v>
+      </c>
+      <c r="D144" t="s">
+        <v>394</v>
+      </c>
+      <c r="E144"/>
+    </row>
+    <row r="145">
+      <c r="A145"/>
+      <c r="B145" t="s">
+        <v>352</v>
+      </c>
+      <c r="C145" t="s">
+        <v>395</v>
+      </c>
+      <c r="D145" t="s">
+        <v>396</v>
+      </c>
+      <c r="E145"/>
+    </row>
+    <row r="146">
+      <c r="A146"/>
+      <c r="B146" t="s">
+        <v>352</v>
+      </c>
+      <c r="C146" t="s">
+        <v>397</v>
+      </c>
+      <c r="D146" t="s">
+        <v>398</v>
+      </c>
+      <c r="E146"/>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>399</v>
+      </c>
+      <c r="B147" t="s">
+        <v>352</v>
+      </c>
+      <c r="C147" t="s">
+        <v>400</v>
+      </c>
+      <c r="D147" t="s">
+        <v>401</v>
+      </c>
+      <c r="E147"/>
+    </row>
+    <row r="148">
+      <c r="A148"/>
+      <c r="B148" t="s">
+        <v>352</v>
+      </c>
+      <c r="C148" t="s">
+        <v>402</v>
+      </c>
+      <c r="D148" t="s">
+        <v>403</v>
+      </c>
+      <c r="E148"/>
+    </row>
+    <row r="149">
+      <c r="A149"/>
+      <c r="B149" t="s">
+        <v>352</v>
+      </c>
+      <c r="C149" t="s">
+        <v>404</v>
+      </c>
+      <c r="D149" t="s">
+        <v>405</v>
+      </c>
+      <c r="E149"/>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>406</v>
+      </c>
+      <c r="B150" t="s">
+        <v>352</v>
+      </c>
+      <c r="C150" t="s">
+        <v>407</v>
+      </c>
+      <c r="D150" t="s">
+        <v>408</v>
+      </c>
+      <c r="E150"/>
+    </row>
+    <row r="151">
+      <c r="A151"/>
+      <c r="B151" t="s">
+        <v>352</v>
+      </c>
+      <c r="C151" t="s">
+        <v>409</v>
+      </c>
+      <c r="D151" t="s">
+        <v>410</v>
+      </c>
+      <c r="E151"/>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>411</v>
+      </c>
+      <c r="B152" t="s">
+        <v>352</v>
+      </c>
+      <c r="C152" t="s">
+        <v>412</v>
+      </c>
+      <c r="D152" t="s">
+        <v>413</v>
+      </c>
+      <c r="E152"/>
+    </row>
+    <row r="153">
+      <c r="A153"/>
+      <c r="B153" t="s">
+        <v>352</v>
+      </c>
+      <c r="C153" t="s">
+        <v>414</v>
+      </c>
+      <c r="D153" t="s">
+        <v>415</v>
+      </c>
+      <c r="E153"/>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>416</v>
+      </c>
+      <c r="B154" t="s">
+        <v>352</v>
+      </c>
+      <c r="C154" t="s">
+        <v>417</v>
+      </c>
+      <c r="D154" t="s">
+        <v>418</v>
+      </c>
+      <c r="E154"/>
+    </row>
+    <row r="155">
+      <c r="A155"/>
+      <c r="B155" t="s">
+        <v>352</v>
+      </c>
+      <c r="C155" t="s">
+        <v>419</v>
+      </c>
+      <c r="D155" t="s">
+        <v>420</v>
+      </c>
+      <c r="E155"/>
+    </row>
+    <row r="156">
+      <c r="A156"/>
+      <c r="B156" t="s">
+        <v>352</v>
+      </c>
+      <c r="C156" t="s">
+        <v>421</v>
+      </c>
+      <c r="D156" t="s">
+        <v>422</v>
+      </c>
+      <c r="E156"/>
+    </row>
+    <row r="157">
+      <c r="A157"/>
+      <c r="B157" t="s">
+        <v>352</v>
+      </c>
+      <c r="C157" t="s">
+        <v>423</v>
+      </c>
+      <c r="D157" t="s">
+        <v>424</v>
+      </c>
+      <c r="E157"/>
+    </row>
+    <row r="158">
+      <c r="A158"/>
+      <c r="B158" t="s">
+        <v>352</v>
+      </c>
+      <c r="C158" t="s">
+        <v>425</v>
+      </c>
+      <c r="D158" t="s">
+        <v>426</v>
+      </c>
+      <c r="E158"/>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>427</v>
+      </c>
+      <c r="B159" t="s">
+        <v>352</v>
+      </c>
+      <c r="C159" t="s">
+        <v>428</v>
+      </c>
+      <c r="D159" t="s">
+        <v>429</v>
+      </c>
+      <c r="E159"/>
+    </row>
+    <row r="160">
+      <c r="A160"/>
+      <c r="B160" t="s">
+        <v>352</v>
+      </c>
+      <c r="C160" t="s">
+        <v>430</v>
+      </c>
+      <c r="D160" t="s">
+        <v>431</v>
+      </c>
+      <c r="E160"/>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>432</v>
+      </c>
+      <c r="B161" t="s">
+        <v>352</v>
+      </c>
+      <c r="C161" t="s">
+        <v>433</v>
+      </c>
+      <c r="D161" t="s">
+        <v>434</v>
+      </c>
+      <c r="E161"/>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>435</v>
+      </c>
+      <c r="B162" t="s">
+        <v>436</v>
+      </c>
+      <c r="C162" t="s">
+        <v>437</v>
+      </c>
+      <c r="D162" t="s">
+        <v>438</v>
+      </c>
+      <c r="E162"/>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>439</v>
+      </c>
+      <c r="B163" t="s">
+        <v>436</v>
+      </c>
+      <c r="C163" t="s">
+        <v>440</v>
+      </c>
+      <c r="D163" t="s">
+        <v>441</v>
+      </c>
+      <c r="E163"/>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>442</v>
+      </c>
+      <c r="B164" t="s">
+        <v>436</v>
+      </c>
+      <c r="C164" t="s">
+        <v>443</v>
+      </c>
+      <c r="D164" t="s">
+        <v>444</v>
+      </c>
+      <c r="E164"/>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>442</v>
+      </c>
+      <c r="B165" t="s">
+        <v>436</v>
+      </c>
+      <c r="C165" t="s">
+        <v>443</v>
+      </c>
+      <c r="D165" t="s">
+        <v>444</v>
+      </c>
+      <c r="E165"/>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>445</v>
+      </c>
+      <c r="B166" t="s">
+        <v>436</v>
+      </c>
+      <c r="C166" t="s">
+        <v>446</v>
+      </c>
+      <c r="D166" t="s">
+        <v>447</v>
+      </c>
+      <c r="E166"/>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>448</v>
+      </c>
+      <c r="B167" t="s">
+        <v>449</v>
+      </c>
+      <c r="C167" t="s">
+        <v>450</v>
+      </c>
+      <c r="D167" t="s">
+        <v>451</v>
+      </c>
+      <c r="E167"/>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>452</v>
+      </c>
+      <c r="B168" t="s">
+        <v>449</v>
+      </c>
+      <c r="C168" t="s">
+        <v>453</v>
+      </c>
+      <c r="D168" t="s">
+        <v>454</v>
+      </c>
+      <c r="E168"/>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>455</v>
+      </c>
+      <c r="B169" t="s">
+        <v>456</v>
+      </c>
+      <c r="C169" t="s">
+        <v>457</v>
+      </c>
+      <c r="D169" t="s">
+        <v>458</v>
+      </c>
+      <c r="E169"/>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>459</v>
+      </c>
+      <c r="B170" t="s">
+        <v>460</v>
+      </c>
+      <c r="C170" t="s">
+        <v>461</v>
+      </c>
+      <c r="D170" t="s">
+        <v>462</v>
+      </c>
+      <c r="E170" s="4">
+        <v>732311013164</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>463</v>
+      </c>
+      <c r="B171" t="s">
+        <v>464</v>
+      </c>
+      <c r="C171" t="s">
+        <v>465</v>
+      </c>
+      <c r="D171" t="s">
+        <v>466</v>
+      </c>
+      <c r="E171"/>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>467</v>
+      </c>
+      <c r="B172" t="s">
+        <v>464</v>
+      </c>
+      <c r="C172" t="s">
+        <v>468</v>
+      </c>
+      <c r="D172" t="s">
+        <v>469</v>
+      </c>
+      <c r="E172"/>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>470</v>
+      </c>
+      <c r="B173" t="s">
+        <v>464</v>
+      </c>
+      <c r="C173" t="s">
+        <v>471</v>
+      </c>
+      <c r="D173" t="s">
+        <v>472</v>
+      </c>
+      <c r="E173"/>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>473</v>
+      </c>
+      <c r="B174" t="s">
+        <v>464</v>
+      </c>
+      <c r="C174" t="s">
+        <v>474</v>
+      </c>
+      <c r="D174" t="s">
+        <v>475</v>
+      </c>
+      <c r="E174"/>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>476</v>
+      </c>
+      <c r="B175" t="s">
+        <v>464</v>
+      </c>
+      <c r="C175" t="s">
+        <v>477</v>
+      </c>
+      <c r="D175" t="s">
+        <v>478</v>
+      </c>
+      <c r="E175"/>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>479</v>
+      </c>
+      <c r="B176" t="s">
+        <v>480</v>
+      </c>
+      <c r="C176" t="s">
+        <v>481</v>
+      </c>
+      <c r="D176" t="s">
+        <v>482</v>
+      </c>
+      <c r="E176"/>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>483</v>
+      </c>
+      <c r="B177" t="s">
+        <v>480</v>
+      </c>
+      <c r="C177" t="s">
+        <v>484</v>
+      </c>
+      <c r="D177" t="s">
+        <v>485</v>
+      </c>
+      <c r="E177"/>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>486</v>
+      </c>
+      <c r="B178" t="s">
+        <v>480</v>
+      </c>
+      <c r="C178" t="s">
+        <v>487</v>
+      </c>
+      <c r="D178" t="s">
+        <v>488</v>
+      </c>
+      <c r="E178"/>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>489</v>
+      </c>
+      <c r="B179" t="s">
+        <v>480</v>
+      </c>
+      <c r="C179" t="s">
+        <v>490</v>
+      </c>
+      <c r="D179" t="s">
+        <v>491</v>
+      </c>
+      <c r="E179"/>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>492</v>
+      </c>
+      <c r="B180" t="s">
+        <v>480</v>
+      </c>
+      <c r="C180" t="s">
+        <v>493</v>
+      </c>
+      <c r="D180" t="s">
+        <v>494</v>
+      </c>
+      <c r="E180"/>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>495</v>
+      </c>
+      <c r="B181" t="s">
+        <v>480</v>
+      </c>
+      <c r="C181" t="s">
+        <v>496</v>
+      </c>
+      <c r="D181" t="s">
+        <v>497</v>
+      </c>
+      <c r="E181"/>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>498</v>
+      </c>
+      <c r="B182" t="s">
+        <v>480</v>
+      </c>
+      <c r="C182" t="s">
+        <v>499</v>
+      </c>
+      <c r="D182" t="s">
+        <v>500</v>
+      </c>
+      <c r="E182"/>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>501</v>
+      </c>
+      <c r="B183" t="s">
+        <v>480</v>
+      </c>
+      <c r="C183" t="s">
+        <v>502</v>
+      </c>
+      <c r="D183" t="s">
+        <v>503</v>
+      </c>
+      <c r="E183"/>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>504</v>
+      </c>
+      <c r="B184" t="s">
+        <v>480</v>
+      </c>
+      <c r="C184" t="s">
+        <v>505</v>
+      </c>
+      <c r="D184" t="s">
+        <v>506</v>
+      </c>
+      <c r="E184"/>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>507</v>
+      </c>
+      <c r="B185" t="s">
+        <v>480</v>
+      </c>
+      <c r="C185" t="s">
+        <v>508</v>
+      </c>
+      <c r="D185" t="s">
+        <v>509</v>
+      </c>
+      <c r="E185"/>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>510</v>
+      </c>
+      <c r="B186" t="s">
+        <v>480</v>
+      </c>
+      <c r="C186" t="s">
+        <v>511</v>
+      </c>
+      <c r="D186" t="s">
+        <v>512</v>
+      </c>
+      <c r="E186"/>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>513</v>
+      </c>
+      <c r="B187" t="s">
+        <v>480</v>
+      </c>
+      <c r="C187" t="s">
+        <v>514</v>
+      </c>
+      <c r="D187" t="s">
+        <v>515</v>
+      </c>
+      <c r="E187"/>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>516</v>
+      </c>
+      <c r="B188" t="s">
+        <v>480</v>
+      </c>
+      <c r="C188" t="s">
+        <v>517</v>
+      </c>
+      <c r="D188" t="s">
+        <v>518</v>
+      </c>
+      <c r="E188"/>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>519</v>
+      </c>
+      <c r="B189" t="s">
+        <v>480</v>
+      </c>
+      <c r="C189" t="s">
+        <v>520</v>
+      </c>
+      <c r="D189" t="s">
+        <v>488</v>
+      </c>
+      <c r="E189"/>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>521</v>
+      </c>
+      <c r="B190" t="s">
+        <v>480</v>
+      </c>
+      <c r="C190" t="s">
+        <v>522</v>
+      </c>
+      <c r="D190" t="s">
+        <v>523</v>
+      </c>
+      <c r="E190"/>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>524</v>
+      </c>
+      <c r="B191" t="s">
+        <v>480</v>
+      </c>
+      <c r="C191" t="s">
+        <v>525</v>
+      </c>
+      <c r="D191" t="s">
+        <v>523</v>
+      </c>
+      <c r="E191"/>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>526</v>
+      </c>
+      <c r="B192" t="s">
+        <v>480</v>
+      </c>
+      <c r="C192" t="s">
+        <v>527</v>
+      </c>
+      <c r="D192" t="s">
+        <v>528</v>
+      </c>
+      <c r="E192"/>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>529</v>
+      </c>
+      <c r="B193" t="s">
+        <v>480</v>
+      </c>
+      <c r="C193" t="s">
+        <v>530</v>
+      </c>
+      <c r="D193" t="s">
+        <v>531</v>
+      </c>
+      <c r="E193"/>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>532</v>
+      </c>
+      <c r="B194" t="s">
+        <v>480</v>
+      </c>
+      <c r="C194" t="s">
+        <v>533</v>
+      </c>
+      <c r="D194" t="s">
+        <v>534</v>
+      </c>
+      <c r="E194"/>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>535</v>
+      </c>
+      <c r="B195" t="s">
+        <v>480</v>
+      </c>
+      <c r="C195" t="s">
+        <v>536</v>
+      </c>
+      <c r="D195" t="s">
+        <v>537</v>
+      </c>
+      <c r="E195"/>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>538</v>
+      </c>
+      <c r="B196" t="s">
+        <v>480</v>
+      </c>
+      <c r="C196" t="s">
+        <v>539</v>
+      </c>
+      <c r="D196" t="s">
+        <v>540</v>
+      </c>
+      <c r="E196"/>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>541</v>
+      </c>
+      <c r="B197" t="s">
+        <v>480</v>
+      </c>
+      <c r="C197" t="s">
+        <v>542</v>
+      </c>
+      <c r="D197" t="s">
+        <v>543</v>
+      </c>
+      <c r="E197"/>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>544</v>
+      </c>
+      <c r="B198" t="s">
+        <v>480</v>
+      </c>
+      <c r="C198" t="s">
+        <v>545</v>
+      </c>
+      <c r="D198" t="s">
+        <v>512</v>
+      </c>
+      <c r="E198"/>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>546</v>
+      </c>
+      <c r="B199" t="s">
+        <v>480</v>
+      </c>
+      <c r="C199" t="s">
+        <v>547</v>
+      </c>
+      <c r="D199" t="s">
+        <v>548</v>
+      </c>
+      <c r="E199"/>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>549</v>
+      </c>
+      <c r="B200" t="s">
+        <v>480</v>
+      </c>
+      <c r="C200" t="s">
+        <v>550</v>
+      </c>
+      <c r="D200" t="s">
+        <v>551</v>
+      </c>
+      <c r="E200"/>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>552</v>
+      </c>
+      <c r="B201" t="s">
+        <v>480</v>
+      </c>
+      <c r="C201" t="s">
+        <v>553</v>
+      </c>
+      <c r="D201" t="s">
+        <v>554</v>
+      </c>
+      <c r="E201"/>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>555</v>
+      </c>
+      <c r="B202" t="s">
+        <v>480</v>
+      </c>
+      <c r="C202" t="s">
+        <v>556</v>
+      </c>
+      <c r="D202" t="s">
+        <v>557</v>
+      </c>
+      <c r="E202"/>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>558</v>
+      </c>
+      <c r="B203" t="s">
+        <v>480</v>
+      </c>
+      <c r="C203" t="s">
+        <v>559</v>
+      </c>
+      <c r="D203" t="s">
+        <v>560</v>
+      </c>
+      <c r="E203"/>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>561</v>
+      </c>
+      <c r="B204" t="s">
+        <v>480</v>
+      </c>
+      <c r="C204" t="s">
+        <v>562</v>
+      </c>
+      <c r="D204" t="s">
+        <v>563</v>
+      </c>
+      <c r="E204"/>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>564</v>
+      </c>
+      <c r="B205" t="s">
+        <v>480</v>
+      </c>
+      <c r="C205" t="s">
+        <v>565</v>
+      </c>
+      <c r="D205" t="s">
+        <v>566</v>
+      </c>
+      <c r="E205"/>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>567</v>
+      </c>
+      <c r="B206" t="s">
+        <v>480</v>
+      </c>
+      <c r="C206" t="s">
+        <v>568</v>
+      </c>
+      <c r="D206" t="s">
+        <v>497</v>
+      </c>
+      <c r="E206"/>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>569</v>
+      </c>
+      <c r="B207" t="s">
+        <v>480</v>
+      </c>
+      <c r="C207" t="s">
+        <v>570</v>
+      </c>
+      <c r="D207" t="s">
+        <v>571</v>
+      </c>
+      <c r="E207"/>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>572</v>
+      </c>
+      <c r="B208" t="s">
+        <v>480</v>
+      </c>
+      <c r="C208" t="s">
+        <v>573</v>
+      </c>
+      <c r="D208" t="s">
+        <v>574</v>
+      </c>
+      <c r="E208"/>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>575</v>
+      </c>
+      <c r="B209" t="s">
+        <v>480</v>
+      </c>
+      <c r="C209" t="s">
+        <v>576</v>
+      </c>
+      <c r="D209" t="s">
+        <v>577</v>
+      </c>
+      <c r="E209"/>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>578</v>
+      </c>
+      <c r="B210" t="s">
+        <v>480</v>
+      </c>
+      <c r="C210" t="s">
+        <v>579</v>
+      </c>
+      <c r="D210" t="s">
+        <v>580</v>
+      </c>
+      <c r="E210"/>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>581</v>
+      </c>
+      <c r="B211" t="s">
+        <v>480</v>
+      </c>
+      <c r="C211" t="s">
+        <v>582</v>
+      </c>
+      <c r="D211" t="s">
+        <v>583</v>
+      </c>
+      <c r="E211"/>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>584</v>
+      </c>
+      <c r="B212" t="s">
+        <v>480</v>
+      </c>
+      <c r="C212" t="s">
+        <v>585</v>
+      </c>
+      <c r="D212" t="s">
+        <v>580</v>
+      </c>
+      <c r="E212"/>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>586</v>
+      </c>
+      <c r="B213" t="s">
+        <v>480</v>
+      </c>
+      <c r="C213" t="s">
+        <v>587</v>
+      </c>
+      <c r="D213" t="s">
+        <v>588</v>
+      </c>
+      <c r="E213"/>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>589</v>
+      </c>
+      <c r="B214" t="s">
+        <v>480</v>
+      </c>
+      <c r="C214" t="s">
+        <v>590</v>
+      </c>
+      <c r="D214" t="s">
+        <v>591</v>
+      </c>
+      <c r="E214"/>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>592</v>
+      </c>
+      <c r="B215" t="s">
+        <v>480</v>
+      </c>
+      <c r="C215" t="s">
+        <v>593</v>
+      </c>
+      <c r="D215" t="s">
+        <v>594</v>
+      </c>
+      <c r="E215"/>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>595</v>
+      </c>
+      <c r="B216" t="s">
+        <v>480</v>
+      </c>
+      <c r="C216" t="s">
+        <v>596</v>
+      </c>
+      <c r="D216" t="s">
+        <v>597</v>
+      </c>
+      <c r="E216"/>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>598</v>
+      </c>
+      <c r="B217" t="s">
+        <v>480</v>
+      </c>
+      <c r="C217" t="s">
+        <v>599</v>
+      </c>
+      <c r="D217" t="s">
+        <v>600</v>
+      </c>
+      <c r="E217"/>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>601</v>
+      </c>
+      <c r="B218" t="s">
+        <v>480</v>
+      </c>
+      <c r="C218" t="s">
+        <v>602</v>
+      </c>
+      <c r="D218" t="s">
+        <v>603</v>
+      </c>
+      <c r="E218"/>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>604</v>
+      </c>
+      <c r="B219" t="s">
+        <v>480</v>
+      </c>
+      <c r="C219" t="s">
+        <v>605</v>
+      </c>
+      <c r="D219" t="s">
+        <v>509</v>
+      </c>
+      <c r="E219"/>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>606</v>
+      </c>
+      <c r="B220" t="s">
+        <v>480</v>
+      </c>
+      <c r="C220" t="s">
+        <v>607</v>
+      </c>
+      <c r="D220" t="s">
+        <v>608</v>
+      </c>
+      <c r="E220"/>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>609</v>
+      </c>
+      <c r="B221" t="s">
+        <v>480</v>
+      </c>
+      <c r="C221" t="s">
+        <v>610</v>
+      </c>
+      <c r="D221" t="s">
+        <v>611</v>
+      </c>
+      <c r="E221"/>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>612</v>
+      </c>
+      <c r="B222" t="s">
+        <v>480</v>
+      </c>
+      <c r="C222" t="s">
+        <v>613</v>
+      </c>
+      <c r="D222" t="s">
+        <v>614</v>
+      </c>
+      <c r="E222"/>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>615</v>
+      </c>
+      <c r="B223" t="s">
+        <v>480</v>
+      </c>
+      <c r="C223" t="s">
+        <v>616</v>
+      </c>
+      <c r="D223" t="s">
+        <v>617</v>
+      </c>
+      <c r="E223"/>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>618</v>
+      </c>
+      <c r="B224" t="s">
+        <v>480</v>
+      </c>
+      <c r="C224" t="s">
+        <v>619</v>
+      </c>
+      <c r="D224" t="s">
+        <v>620</v>
+      </c>
+      <c r="E224"/>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>621</v>
+      </c>
+      <c r="B225" t="s">
+        <v>480</v>
+      </c>
+      <c r="C225" t="s">
+        <v>622</v>
+      </c>
+      <c r="D225" t="s">
+        <v>620</v>
+      </c>
+      <c r="E225"/>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>623</v>
+      </c>
+      <c r="B226" t="s">
+        <v>480</v>
+      </c>
+      <c r="C226" t="s">
+        <v>624</v>
+      </c>
+      <c r="D226" t="s">
+        <v>566</v>
+      </c>
+      <c r="E226"/>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>625</v>
+      </c>
+      <c r="B227" t="s">
+        <v>480</v>
+      </c>
+      <c r="C227" t="s">
+        <v>626</v>
+      </c>
+      <c r="D227" t="s">
+        <v>506</v>
+      </c>
+      <c r="E227"/>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>627</v>
+      </c>
+      <c r="B228" t="s">
+        <v>480</v>
+      </c>
+      <c r="C228" t="s">
+        <v>628</v>
+      </c>
+      <c r="D228" t="s">
+        <v>597</v>
+      </c>
+      <c r="E228"/>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>629</v>
+      </c>
+      <c r="B229" t="s">
+        <v>480</v>
+      </c>
+      <c r="C229" t="s">
+        <v>630</v>
+      </c>
+      <c r="D229" t="s">
+        <v>631</v>
+      </c>
+      <c r="E229"/>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>632</v>
+      </c>
+      <c r="B230" t="s">
+        <v>480</v>
+      </c>
+      <c r="C230" t="s">
+        <v>633</v>
+      </c>
+      <c r="D230" t="s">
+        <v>608</v>
+      </c>
+      <c r="E230"/>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>634</v>
+      </c>
+      <c r="B231" t="s">
+        <v>480</v>
+      </c>
+      <c r="C231" t="s">
+        <v>635</v>
+      </c>
+      <c r="D231" t="s">
+        <v>485</v>
+      </c>
+      <c r="E231"/>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>636</v>
+      </c>
+      <c r="B232" t="s">
+        <v>480</v>
+      </c>
+      <c r="C232" t="s">
+        <v>637</v>
+      </c>
+      <c r="D232" t="s">
+        <v>638</v>
+      </c>
+      <c r="E232"/>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>639</v>
+      </c>
+      <c r="B233" t="s">
+        <v>480</v>
+      </c>
+      <c r="C233" t="s">
+        <v>640</v>
+      </c>
+      <c r="D233" t="s">
+        <v>641</v>
+      </c>
+      <c r="E233"/>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>642</v>
+      </c>
+      <c r="B234" t="s">
+        <v>480</v>
+      </c>
+      <c r="C234" t="s">
+        <v>643</v>
+      </c>
+      <c r="D234" t="s">
+        <v>577</v>
+      </c>
+      <c r="E234"/>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>644</v>
+      </c>
+      <c r="B235" t="s">
+        <v>480</v>
+      </c>
+      <c r="C235" t="s">
+        <v>645</v>
+      </c>
+      <c r="D235" t="s">
+        <v>617</v>
+      </c>
+      <c r="E235"/>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>646</v>
+      </c>
+      <c r="B236" t="s">
+        <v>480</v>
+      </c>
+      <c r="C236" t="s">
+        <v>647</v>
+      </c>
+      <c r="D236" t="s">
+        <v>648</v>
+      </c>
+      <c r="E236"/>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>649</v>
+      </c>
+      <c r="B237" t="s">
+        <v>480</v>
+      </c>
+      <c r="C237" t="s">
+        <v>650</v>
+      </c>
+      <c r="D237" t="s">
+        <v>597</v>
+      </c>
+      <c r="E237"/>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>651</v>
+      </c>
+      <c r="B238" t="s">
+        <v>480</v>
+      </c>
+      <c r="C238" t="s">
+        <v>652</v>
+      </c>
+      <c r="D238" t="s">
+        <v>494</v>
+      </c>
+      <c r="E238"/>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>653</v>
+      </c>
+      <c r="B239" t="s">
+        <v>480</v>
+      </c>
+      <c r="C239" t="s">
+        <v>654</v>
+      </c>
+      <c r="D239" t="s">
+        <v>655</v>
+      </c>
+      <c r="E239"/>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>656</v>
+      </c>
+      <c r="B240" t="s">
+        <v>480</v>
+      </c>
+      <c r="C240" t="s">
+        <v>657</v>
+      </c>
+      <c r="D240" t="s">
+        <v>658</v>
+      </c>
+      <c r="E240"/>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>659</v>
+      </c>
+      <c r="B241" t="s">
+        <v>480</v>
+      </c>
+      <c r="C241" t="s">
+        <v>660</v>
+      </c>
+      <c r="D241" t="s">
+        <v>571</v>
+      </c>
+      <c r="E241"/>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>661</v>
+      </c>
+      <c r="B242" t="s">
+        <v>480</v>
+      </c>
+      <c r="C242" t="s">
+        <v>662</v>
+      </c>
+      <c r="D242" t="s">
+        <v>663</v>
+      </c>
+      <c r="E242"/>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>664</v>
+      </c>
+      <c r="B243" t="s">
+        <v>480</v>
+      </c>
+      <c r="C243" t="s">
+        <v>665</v>
+      </c>
+      <c r="D243" t="s">
+        <v>666</v>
+      </c>
+      <c r="E243"/>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>667</v>
+      </c>
+      <c r="B244" t="s">
+        <v>480</v>
+      </c>
+      <c r="C244" t="s">
+        <v>668</v>
+      </c>
+      <c r="D244" t="s">
+        <v>669</v>
+      </c>
+      <c r="E244"/>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>670</v>
+      </c>
+      <c r="B245" t="s">
+        <v>480</v>
+      </c>
+      <c r="C245" t="s">
+        <v>671</v>
+      </c>
+      <c r="D245" t="s">
+        <v>672</v>
+      </c>
+      <c r="E245"/>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>673</v>
+      </c>
+      <c r="B246" t="s">
+        <v>480</v>
+      </c>
+      <c r="C246" t="s">
+        <v>674</v>
+      </c>
+      <c r="D246" t="s">
+        <v>675</v>
+      </c>
+      <c r="E246"/>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>676</v>
+      </c>
+      <c r="B247" t="s">
+        <v>480</v>
+      </c>
+      <c r="C247" t="s">
+        <v>677</v>
+      </c>
+      <c r="D247" t="s">
+        <v>675</v>
+      </c>
+      <c r="E247"/>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>678</v>
+      </c>
+      <c r="B248" t="s">
+        <v>480</v>
+      </c>
+      <c r="C248" t="s">
+        <v>679</v>
+      </c>
+      <c r="D248" t="s">
+        <v>680</v>
+      </c>
+      <c r="E248"/>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>681</v>
+      </c>
+      <c r="B249" t="s">
+        <v>480</v>
+      </c>
+      <c r="C249" t="s">
+        <v>682</v>
+      </c>
+      <c r="D249" t="s">
+        <v>534</v>
+      </c>
+      <c r="E249"/>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>683</v>
+      </c>
+      <c r="B250" t="s">
+        <v>480</v>
+      </c>
+      <c r="C250" t="s">
+        <v>684</v>
+      </c>
+      <c r="D250" t="s">
+        <v>494</v>
+      </c>
+      <c r="E250"/>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>685</v>
+      </c>
+      <c r="B251" t="s">
+        <v>480</v>
+      </c>
+      <c r="C251" t="s">
+        <v>686</v>
+      </c>
+      <c r="D251" t="s">
+        <v>687</v>
+      </c>
+      <c r="E251"/>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>688</v>
+      </c>
+      <c r="B252" t="s">
+        <v>480</v>
+      </c>
+      <c r="C252" t="s">
+        <v>689</v>
+      </c>
+      <c r="D252" t="s">
+        <v>690</v>
+      </c>
+      <c r="E252"/>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>691</v>
+      </c>
+      <c r="B253" t="s">
+        <v>480</v>
+      </c>
+      <c r="C253" t="s">
+        <v>692</v>
+      </c>
+      <c r="D253" t="s">
+        <v>693</v>
+      </c>
+      <c r="E253"/>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>694</v>
+      </c>
+      <c r="B254" t="s">
+        <v>480</v>
+      </c>
+      <c r="C254" t="s">
+        <v>695</v>
+      </c>
+      <c r="D254" t="s">
+        <v>696</v>
+      </c>
+      <c r="E254"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
   <Company>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</Company>
   <Manager>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sergey Shuchkin &lt;sergey.shuchkin@gmail.com&gt;</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>