--- v2 (2026-02-27)
+++ v3 (2026-02-27)
@@ -59,239 +59,239 @@
   <si>
     <t>Monitor Mounting Adapter</t>
   </si>
   <si>
     <t>AOATOMNJA004</t>
   </si>
   <si>
     <t>Atomos</t>
   </si>
   <si>
     <t>Ninja</t>
   </si>
   <si>
     <t>5-inch, 1000nit HDR monitor-recorder for DSLR and mirrorless cameras</t>
   </si>
   <si>
     <t>AOATOMSHB002</t>
   </si>
   <si>
     <t>Shinobi 7</t>
   </si>
   <si>
     <t>7-inch 4K HDR HDMI/SDI Photo/Video Monitor</t>
   </si>
   <si>
+    <t>BDX4RCVRW</t>
+  </si>
+  <si>
+    <t>BirdDog</t>
+  </si>
+  <si>
+    <t>Wi-Fi Receiver</t>
+  </si>
+  <si>
+    <t>X4 Ultra Wi-Fi Receiver - White</t>
+  </si>
+  <si>
+    <t>BDX4RCVR</t>
+  </si>
+  <si>
+    <t>X4 Ultra Wi-Fi Receiver - Black</t>
+  </si>
+  <si>
     <t>BDCC45RS</t>
   </si>
   <si>
-    <t>BirdDog</t>
-[...1 lines deleted...]
-  <si>
     <t>Control Cable Adapter</t>
   </si>
   <si>
     <t>RJ45 to RS422/232 Control Cable Adapter for P100 / P200</t>
   </si>
   <si>
-    <t>BDX4RCVRW</t>
-[...13 lines deleted...]
-  <si>
     <t>BMDBDLKWEBPTR4K</t>
   </si>
   <si>
     <t>Blackmagic Design</t>
   </si>
   <si>
     <t>Web Presenter 4K</t>
   </si>
   <si>
     <t>The ultimate HD and Ultra HD streaming solution</t>
   </si>
   <si>
     <t>COKIN10368</t>
   </si>
   <si>
     <t>Cokin</t>
   </si>
   <si>
     <t>Gradual Grey G2 Soft (ND8) P121S</t>
   </si>
   <si>
     <t>Graduated Grey ND8 filter for Cokin M Size (P Series) filter holders - 3 stop soft transition</t>
   </si>
   <si>
+    <t>COKIN10568</t>
+  </si>
+  <si>
+    <t>P-Series Infrared Kit (M)</t>
+  </si>
+  <si>
+    <t>Cokin M Size (P Series) filter holder and Infrared filter</t>
+  </si>
+  <si>
+    <t>COKIN11996</t>
+  </si>
+  <si>
+    <t>Z-Pro Black &amp; White Kit (U400-03)</t>
+  </si>
+  <si>
+    <t>Yellow, Orange, Red and Green filters for Cokin L Size (Z-Pro Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN10575</t>
+  </si>
+  <si>
+    <t>P-Series Black &amp; White Kit (H400-03)</t>
+  </si>
+  <si>
+    <t>Yellow, Orange, Red and Green filters for Cokin M Size (P Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN10402</t>
+  </si>
+  <si>
+    <t>Neutral Grey ND8X P154</t>
+  </si>
+  <si>
+    <t>Full ND8 filter for Cokin M Size (P Series) filter holders - 3 stops</t>
+  </si>
+  <si>
+    <t>COKIN11995</t>
+  </si>
+  <si>
+    <t>Z-Pro Landscape Kit (U300-06)</t>
+  </si>
+  <si>
+    <t>Grad Grey ND8, Grad Blue and Grad Tobacco filters for Cokin L Size (Z-Pro Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN10572</t>
+  </si>
+  <si>
+    <t>P-Series Full ND Kit (H300-01)</t>
+  </si>
+  <si>
+    <t>ND2 (1 stop), ND4 (2 stop) and ND8 (3 stop) filters for Cokin M Size (P Series) filter holders</t>
+  </si>
+  <si>
+    <t>COKIN11985</t>
+  </si>
+  <si>
+    <t>Z-Pro Infrared Kit (L)</t>
+  </si>
+  <si>
+    <t>Cokin L Size (Z-Pro Series) filter holder and Infrared filter</t>
+  </si>
+  <si>
     <t>COKIN10570</t>
   </si>
   <si>
     <t>P-Series Grad ND Kit + Holder (M)</t>
   </si>
   <si>
     <t>Cokin M Size (P Series) filter holder and Grad ND2, Grad ND4 and Grad ND8 filters</t>
   </si>
   <si>
     <t>COKIN11121</t>
   </si>
   <si>
     <t>Gradual Grey G2 Soft (ND8) Z121S</t>
   </si>
   <si>
     <t>Graduated Grey ND8 filter for Cokin L Size (Z-Pro Series) filter holders - 3 stop soft transition</t>
   </si>
   <si>
-    <t>COKIN10568</t>
-[...59 lines deleted...]
-    <t>Cokin L Size (Z-Pro Series) filter holder and Infrared filter</t>
+    <t>DATATLM170FR</t>
+  </si>
+  <si>
+    <t>Datavideo</t>
+  </si>
+  <si>
+    <t>TLM-170FR</t>
+  </si>
+  <si>
+    <t>17-inch ScopeView Production Monitor - 7U Rackmount</t>
+  </si>
+  <si>
+    <t>DATAVP901</t>
+  </si>
+  <si>
+    <t>VP-901</t>
+  </si>
+  <si>
+    <t>12G-SDI Distribution Amplifier</t>
+  </si>
+  <si>
+    <t>DATATLM170FM</t>
+  </si>
+  <si>
+    <t>TLM-170FM</t>
+  </si>
+  <si>
+    <t>17-inch ScopeView Production Monitor - 1U Foldable Rackmount</t>
+  </si>
+  <si>
+    <t>DATAHBT11</t>
+  </si>
+  <si>
+    <t>HBT-11</t>
+  </si>
+  <si>
+    <t>HDBaseT Receiver</t>
   </si>
   <si>
     <t>DATATLM170F</t>
   </si>
   <si>
-    <t>Datavideo</t>
-[...1 lines deleted...]
-  <si>
     <t>TLM-170F</t>
   </si>
   <si>
     <t>17-inch ScopeView Production Monitor</t>
   </si>
   <si>
     <t>DATAPTR15T</t>
   </si>
   <si>
     <t>PTR-15T</t>
   </si>
   <si>
     <t>Robotic Pan/Tilt head with HDBaseT UHD</t>
   </si>
   <si>
-    <t>DATATLM170FR</t>
-[...34 lines deleted...]
-  <si>
     <t>DATATLM700UHD</t>
   </si>
   <si>
     <t>TLM-700UHD</t>
   </si>
   <si>
     <t>7inch 4K Look-Back Monitor</t>
   </si>
   <si>
     <t>ELG10MAG9901</t>
   </si>
   <si>
     <t>Elgato</t>
   </si>
   <si>
     <t>Wave XLR</t>
   </si>
   <si>
     <t>Microphone Interface &amp; Digital Mixing Solution</t>
   </si>
   <si>
     <t>0840006642886</t>
   </si>
   <si>
     <t>ELG10AAM9901</t>
@@ -314,806 +314,986 @@
   <si>
     <t>Traveller Single Battery Charger</t>
   </si>
   <si>
     <t>KENKO2808</t>
   </si>
   <si>
     <t>Kenko</t>
   </si>
   <si>
     <t> 95mm REALPRO MC Protector</t>
   </si>
   <si>
     <t>Large size PROTECTOR with Anti-Stain Coating (ASC) is ultimate super clear glass for lens protection</t>
   </si>
   <si>
     <t>KENKO2129</t>
   </si>
   <si>
     <t>SKYMEMO Pinpoint Wedge</t>
   </si>
   <si>
     <t>2-axis fine adjustment wedge</t>
   </si>
   <si>
+    <t>KONCRL12PRO</t>
+  </si>
+  <si>
+    <t>Kondor Blue</t>
+  </si>
+  <si>
+    <t>Firefly D-Tap Light</t>
+  </si>
+  <si>
+    <t>Cine Rig Light Pro - 12 inch</t>
+  </si>
+  <si>
+    <t>KONSONYA7R</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Cage (A1/A7S3/A74)</t>
+  </si>
+  <si>
+    <t>Cage for Sony A1/A7S3/A74 with Trigger Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONS1HCOBK</t>
+  </si>
+  <si>
+    <t>Panasonic LUMIX S1H Cage</t>
+  </si>
+  <si>
+    <t>Cage only for Panasonic LUMIX S1H - Raven Black</t>
+  </si>
+  <si>
+    <t>KONCANONCAGEBK</t>
+  </si>
+  <si>
+    <t>Canon R5/R6/R Cage</t>
+  </si>
+  <si>
+    <t>Cage for Canon R5/R6/R with Top Handle - Black</t>
+  </si>
+  <si>
+    <t>KONQRRMRBK</t>
+  </si>
+  <si>
+    <t>Quick Release Rosette Module - Right</t>
+  </si>
+  <si>
+    <t>ARRI-style rosette accessory mount with quick-release lever for quick angle adjustment - Raven Black</t>
+  </si>
+  <si>
+    <t>KONBMCGGPKT</t>
+  </si>
+  <si>
+    <t>BMPCC4K/6K Battery Grip Cage Mod Kit</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage Mod Kit for Blackmagic Design Pocket Cinema Camera 4K / 6K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONSPAVPRBK</t>
+  </si>
+  <si>
+    <t>Shoulder Rig Pro</t>
+  </si>
+  <si>
+    <t>Shoulder Pad Air Pro Rig - V-Mount - Black</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGPKB</t>
+  </si>
+  <si>
+    <t>Blackmagic Pocket 6K Pro Battery Grip Extension Kit</t>
+  </si>
+  <si>
+    <t>Battery Grip Extension Kit for Blackmagic Pocket 6K Pro - Black</t>
+  </si>
+  <si>
+    <t>KONQRRMR</t>
+  </si>
+  <si>
+    <t>ARRI-style rosette accessory mount with quick-release lever for quick angle adjustment - Space Grey</t>
+  </si>
+  <si>
+    <t>KONSONYA7RBRBK</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Base Rig MKII</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Base Rig MKII (A1/A7S3/A74/A7R5) - Raven Black</t>
+  </si>
+  <si>
+    <t>KONTRIGPROBK</t>
+  </si>
+  <si>
+    <t>Trigger Pro Top Handle (Run/Stop Trigger)</t>
+  </si>
+  <si>
+    <t>Trigger Top Handle with Start/Stop Button - Raven Black</t>
+  </si>
+  <si>
+    <t>KONURSABPGBK</t>
+  </si>
+  <si>
+    <t>Blackmagic URSA Mini Battery Plate (Gold Mount)</t>
+  </si>
+  <si>
+    <t>Battery Plate for Blackmagic Design URSA Mini - Gold Mount - Raven Black</t>
+  </si>
+  <si>
+    <t>KONURSAMCOBK</t>
+  </si>
+  <si>
+    <t>URSA Mini Cage (12K, 4.6K, 4K)</t>
+  </si>
+  <si>
+    <t>Cage without Top Handle for Blackmagic Design Pocket URSA Mini 12K / 4.6K / 4K - Black</t>
+  </si>
+  <si>
+    <t>KONCR5CCOBK</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage (Cage Only) - Raven Black</t>
+  </si>
+  <si>
+    <t>KONKOMTPBK</t>
+  </si>
+  <si>
+    <t>RED KOMODO/KOMODO-X Top Plate</t>
+  </si>
+  <si>
+    <t>RED Komodo/Komodo-X Top Plate - Raven Black</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGPT</t>
+  </si>
+  <si>
+    <t>BMPCC 6K Pro Cage Battery Grip</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage with Top Handle for Blackmagic Design Pocket Cinema Camera 6K Pro - Space Grey</t>
+  </si>
+  <si>
+    <t>KONS1HCO</t>
+  </si>
+  <si>
+    <t>Cage only for Panasonic LUMIX S1H - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCANONCGGPCOB</t>
+  </si>
+  <si>
+    <t>Canon R5/R6/R Cage with Battery Grip</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Canon R5/R6/R without Top Handle - Black</t>
+  </si>
+  <si>
+    <t>KONQRRMLBK</t>
+  </si>
+  <si>
+    <t>Quick Release Rosette Module - Left</t>
+  </si>
+  <si>
+    <t>KONSPAVPR</t>
+  </si>
+  <si>
+    <t>Shoulder Pad Air Pro Rig - V-Mount - Space Grey</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGPK</t>
+  </si>
+  <si>
+    <t>Battery Grip Extension Kit for Blackmagic Pocket 6K Pro - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCR5CBK</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage with Top Handle</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage with Top Handle - Raven Black</t>
+  </si>
+  <si>
+    <t>KONQRRML</t>
+  </si>
+  <si>
+    <t>KONCR5CBR</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig MKII</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig MKII - Space Grey</t>
+  </si>
+  <si>
+    <t>KONTRIGPRO</t>
+  </si>
+  <si>
+    <t>Trigger Top Handle with Start/Stop Button - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURSABPG</t>
+  </si>
+  <si>
+    <t>Battery Plate for Blackmagic Design URSA Mini - Gold Mount - Space Grey</t>
+  </si>
+  <si>
+    <t>KONSPAGPRBK</t>
+  </si>
+  <si>
+    <t>Shoulder Pad Air Pro Rig - Gold Mount - Black</t>
+  </si>
+  <si>
+    <t>KONBMPCC6KPGRIP</t>
+  </si>
+  <si>
+    <t>BMPCC 6K Pro Cage with Battery Grip</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Blackmagic Design Pocket Cinema Camera 6K Pro - Black</t>
+  </si>
+  <si>
+    <t>KONCR5CCO</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage (Cage Only) - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMTP</t>
+  </si>
+  <si>
+    <t>RED Komodo/Komodo-X Top Plate - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURSAMTPBK</t>
+  </si>
+  <si>
+    <t>URSA Mini Top Plate (12K/4.6K/4K)</t>
+  </si>
+  <si>
+    <t>Top Plate for URSA Mini - Raven Black</t>
+  </si>
+  <si>
+    <t>KONNATOEXTBK</t>
+  </si>
+  <si>
+    <t>NATO Riser Height Extension for Top Handles</t>
+  </si>
+  <si>
+    <t>NATO Riser to offset your top handle - Raven Black</t>
+  </si>
+  <si>
+    <t>KONCANONCGGPCO</t>
+  </si>
+  <si>
+    <t>Battery Grip Cage for Canon R5/R6/R without Top Handle</t>
+  </si>
+  <si>
+    <t>KONURSAMCO</t>
+  </si>
+  <si>
+    <t>Cage without Top Handle for Blackmagic Design Pocket URSA Mini 12K / 4.6K / 4K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCR5C</t>
+  </si>
+  <si>
+    <t>Canon R5C Cine Cage with Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCRL18PRO</t>
+  </si>
+  <si>
+    <t>Cine Rig Light Pro - 18 inch</t>
+  </si>
+  <si>
     <t>KONS1HBK</t>
   </si>
   <si>
-    <t>Kondor Blue</t>
-[...1 lines deleted...]
-  <si>
     <t>Panasonic Lumix S1H Cage (S1/S1R/S1H)</t>
   </si>
   <si>
     <t>Panasonic Lumix S1H Cage (S1/S1R/S1H) - Raven Black</t>
   </si>
   <si>
+    <t>KONBMPCC6KPBSR</t>
+  </si>
+  <si>
+    <t>Blackmagic Pocket 6K Pro Base Rig</t>
+  </si>
+  <si>
+    <t>Base Rig for Blackmagic Design Pocket Cinema Camera 6K Pro  - Space Grey</t>
+  </si>
+  <si>
     <t>KONSPAGPR</t>
   </si>
   <si>
-    <t>Shoulder Rig Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>Shoulder Pad Air Pro Rig - Gold Mount - Space Grey</t>
   </si>
   <si>
-    <t>KONBMPCC6KPBSR</t>
-[...7 lines deleted...]
-  <si>
     <t>KONBMPCC6KPGP</t>
   </si>
   <si>
-    <t>BMPCC 6K Pro Cage with Battery Grip</t>
-[...1 lines deleted...]
-  <si>
     <t>Battery Grip Cage for Blackmagic Design Pocket Cinema Camera 6K Pro - Space Grey</t>
   </si>
   <si>
+    <t>KONCSPBK</t>
+  </si>
+  <si>
+    <t>Cold Shoe Receiver</t>
+  </si>
+  <si>
+    <t>Aluminium receiver mount for flashes and other cold shoe accessories - Raven Black</t>
+  </si>
+  <si>
     <t>KONULMS</t>
   </si>
   <si>
     <t>RF Lens Mount Support for Speed Boosters &amp; Adapters</t>
   </si>
   <si>
     <t>RF lens mount support for speed boosters and adapters - Space Grey</t>
   </si>
   <si>
-    <t>KONCSPBK</t>
-[...7 lines deleted...]
-  <si>
     <t>KONURSAMTP</t>
   </si>
   <si>
-    <t>URSA Mini Top Plate (12K/4.6K/4K)</t>
-[...1 lines deleted...]
-  <si>
     <t>Top Plate for URSA Mini - Space Grey</t>
   </si>
   <si>
     <t>KONNATOEXT</t>
   </si>
   <si>
-    <t>NATO Riser Height Extension for Top Handles</t>
-[...1 lines deleted...]
-  <si>
     <t>NATO Riser to offset your top handle - Space Grey</t>
   </si>
   <si>
     <t>KONCANCAGEGRIP</t>
   </si>
   <si>
-    <t>Canon R5/R6/R Cage with Battery Grip</t>
-[...1 lines deleted...]
-  <si>
     <t>Battery Grip Cage for Canon R5/R6/R with Top Handle - Space Grey</t>
   </si>
   <si>
     <t>KONURSAM</t>
   </si>
   <si>
-    <t>URSA Mini Cage (12K, 4.6K, 4K)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cage with Top Handle for Blackmagic Design Pocket URSA Mini 12K / 4.6K / 4K - Space Grey</t>
   </si>
   <si>
-    <t>KONCRL12PRO</t>
-[...254 lines deleted...]
-    <t>Cine Rig Light Pro - 18 inch</t>
+    <t>KONZCAMBASERIGB</t>
+  </si>
+  <si>
+    <t>Z Cam E2 Flagship Base Rig (M4/S6/F6/F8)</t>
+  </si>
+  <si>
+    <t>Base Rig for Z Cam E2 - Black</t>
+  </si>
+  <si>
+    <t>KONKOMCO</t>
+  </si>
+  <si>
+    <t>RED Komodo Cage</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo without Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCR5CBRIG</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig</t>
+  </si>
+  <si>
+    <t>Canon R5C Base Rig - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMLP</t>
+  </si>
+  <si>
+    <t>Komodo Left Side Plate</t>
+  </si>
+  <si>
+    <t>Left Side Plate for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMLPBK</t>
+  </si>
+  <si>
+    <t>Left Side Plate for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONKOMBASERIG</t>
+  </si>
+  <si>
+    <t>RED Komodo Base Rig</t>
+  </si>
+  <si>
+    <t>Base Rig for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>15mm to 19mm Bushing x2</t>
+  </si>
+  <si>
+    <t>Aluminium bushing for adapting 15mm rods for use with 19mm rod accessories</t>
+  </si>
+  <si>
+    <t>KONGRIP15</t>
+  </si>
+  <si>
+    <t>Hand Grip For 15mm Rod</t>
+  </si>
+  <si>
+    <t>Hand Grip For 15mm Rod - Space Grey</t>
+  </si>
+  <si>
+    <t>KONGLDBATT</t>
+  </si>
+  <si>
+    <t>Cine Gold Mount Battery Plate for 15mm LWS Rigs</t>
+  </si>
+  <si>
+    <t>Cine Gold Mount Battery Plate with 15mm LWS rod connectors. Features DC outputs for powering multiple devices</t>
+  </si>
+  <si>
+    <t>KONKOMBK</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo with Top Handle - Black</t>
+  </si>
+  <si>
+    <t>KONCANONBSR</t>
+  </si>
+  <si>
+    <t>Canon R5 Base Rig (R5/R6/R)</t>
+  </si>
+  <si>
+    <t>Base Rig for Canon R5/R6/R - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMURIG</t>
+  </si>
+  <si>
+    <t>RED Komodo Ultimate Rig</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMRPBK</t>
+  </si>
+  <si>
+    <t>Komodo Right Side Plate</t>
+  </si>
+  <si>
+    <t>Right Side Plate for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONKOMBOT</t>
+  </si>
+  <si>
+    <t>Komodo Bottom Plate</t>
+  </si>
+  <si>
+    <t>Bottom Plate for RED Komodo - Space Grey</t>
+  </si>
+  <si>
+    <t>KONURIGBK</t>
+  </si>
+  <si>
+    <t>Blackmagic Pocket Cinema 4K/6K Ultimate Rig</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for Blackmagic Design Pocket Cinema Camera 4K / 6K - Black</t>
+  </si>
+  <si>
+    <t>KONURIG</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for Blackmagic Design Pocket Cinema Camera 4K / 6K - Space Grey</t>
+  </si>
+  <si>
+    <t>KONCAGETH</t>
+  </si>
+  <si>
+    <t>Remote Trigger Top Handle for Camera Cages</t>
+  </si>
+  <si>
+    <t>Top handle with NATO clamp and 15mm rod mounting options and remote camera trigger button - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOM</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo with Top Handle - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMBASERIGBK</t>
+  </si>
+  <si>
+    <t>Base Rig for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONQRGRIPSET</t>
+  </si>
+  <si>
+    <t>Quick Release Rosette Hand Grip Set</t>
+  </si>
+  <si>
+    <t>Pair of textured handgrips for use with extension arms and accessories with ARRI-compatible rosette mounts - Space Grey</t>
+  </si>
+  <si>
+    <t>KONHDMIM216P</t>
+  </si>
+  <si>
+    <t>Gerald Undone MK2 Full HDMI Straight Braided Cable (Purple)</t>
+  </si>
+  <si>
+    <t>HDMI to HDMI High Speed 4K 3D Nylon Braided Male Cable 60HZ  HDMI 2.0 18Gbps HDR Metadata</t>
+  </si>
+  <si>
+    <t>KONSONYA7RBSRG</t>
+  </si>
+  <si>
+    <t>Sony A1/A7 Series Base Rig (A1/A7S3/A7R4)</t>
+  </si>
+  <si>
+    <t>Base Rig for Sony A1/A7S3/A74 - Space Grey</t>
+  </si>
+  <si>
+    <t>KONKOMURIGBK</t>
+  </si>
+  <si>
+    <t>Ultimate Rig for RED Komodo - Black</t>
+  </si>
+  <si>
+    <t>KONKOMCOBK</t>
+  </si>
+  <si>
+    <t>Cage for RED Komodo without Top Handle - Black</t>
   </si>
   <si>
     <t>KONCANONBSRGBK</t>
   </si>
   <si>
-    <t>Canon R5 Base Rig (R5/R6/R)</t>
-[...1 lines deleted...]
-  <si>
     <t>Base Rig for Canon R5/R6/R - Black</t>
   </si>
   <si>
-    <t>KONKOMCOBK</t>
-[...7 lines deleted...]
-  <si>
     <t>KONCR5CBRIGBK</t>
   </si>
   <si>
-    <t>Canon R5C Base Rig</t>
-[...1 lines deleted...]
-  <si>
     <t>Canon R5C Base Rig - Raven Black</t>
   </si>
   <si>
+    <t>KONKOMRP</t>
+  </si>
+  <si>
+    <t>Right Side Plate for RED Komodo - Space Grey</t>
+  </si>
+  <si>
     <t>KONKOMBOTBK</t>
   </si>
   <si>
-    <t>Komodo Bottom Plate</t>
-[...1 lines deleted...]
-  <si>
     <t>Bottom Plate for RED Komodo - Black</t>
   </si>
   <si>
-    <t>KONKOMRP</t>
-[...7 lines deleted...]
-  <si>
     <t>KONGRIP15BK</t>
   </si>
   <si>
-    <t>Hand Grip For 15mm Rod</t>
-[...1 lines deleted...]
-  <si>
     <t>Hand Grip For 15mm Rod - Black</t>
   </si>
   <si>
     <t>KONQRGRIPL</t>
   </si>
   <si>
     <t>Quick Release Rosette Hand Grip - Left</t>
   </si>
   <si>
     <t>Textured handgrip for use with extension arms and accessories with ARRI-compatible rosette mounts - Space Grey</t>
   </si>
   <si>
     <t>KONCR5CURigBk</t>
   </si>
   <si>
     <t>Canon R5C Ultimate Rig</t>
   </si>
   <si>
     <t>Canon R5C Ultimate Rig - Raven Black</t>
   </si>
   <si>
-    <t>KONZCAMBASERIGB</t>
-[...164 lines deleted...]
-    <t>Base Rig for Sony A1/A7S3/A74 - Space Grey</t>
+    <t>KONQRFBMRBK</t>
+  </si>
+  <si>
+    <t>Mini Monitor Arm Quick Release Plate</t>
+  </si>
+  <si>
+    <t>Mini Quick Release Plate for Monitors, Arms &amp; Accessories - Black</t>
   </si>
   <si>
     <t>KONQRFBM</t>
   </si>
   <si>
-    <t>Mini Monitor Arm Quick Release Plate</t>
-[...1 lines deleted...]
-  <si>
     <t>Mini Quick Release Plate for Monitors, Arms &amp; Accessories - Blue</t>
   </si>
   <si>
-    <t>KONQRFBMRBK</t>
-[...2 lines deleted...]
-    <t>Mini Quick Release Plate for Monitors, Arms &amp; Accessories - Black</t>
+    <t>LKBNEWSCBJPUUK</t>
+  </si>
+  <si>
+    <t>Logickeyboard</t>
+  </si>
+  <si>
+    <t>NewsCutter - PC Nero Slimline Keyboard</t>
+  </si>
+  <si>
+    <t>LKBLGTRCCCWMUUK</t>
+  </si>
+  <si>
+    <t>Lightroom CC - Mac Alba</t>
+  </si>
+  <si>
+    <t>Adobe Lightroom CC Mac Alba Keyboard</t>
+  </si>
+  <si>
+    <t>LKBVEGASAJPUUK</t>
+  </si>
+  <si>
+    <t>Vegas Keyboard - PC</t>
+  </si>
+  <si>
+    <t>Magix Vegas PC Slim Keyboard</t>
+  </si>
+  <si>
+    <t>LKBC4DBA2MUK</t>
+  </si>
+  <si>
+    <t>Cinema 4D Studio Keyboard - Mac Backlit ASTRA2</t>
+  </si>
+  <si>
+    <t>Maxon Cinema 4D Mac Backlit ASTRA2 Keyboard</t>
+  </si>
+  <si>
+    <t>LKBILSTCCAJPUUK</t>
+  </si>
+  <si>
+    <t>Illustrator Keyboard - PC</t>
+  </si>
+  <si>
+    <t>Adobe Illustrator CC PC Slim Keyboard</t>
+  </si>
+  <si>
+    <t>LKBAECCCWMUUK</t>
+  </si>
+  <si>
+    <t>After Effects CC - Mac Alba</t>
+  </si>
+  <si>
+    <t>Adobe After Effects CC Mac Alba Keyboard</t>
+  </si>
+  <si>
+    <t>LKBMAYACWMUUK</t>
+  </si>
+  <si>
+    <t>Maya - Mac Alba</t>
+  </si>
+  <si>
+    <t>Autodesk Maya CC Mac Alba Keyboard</t>
+  </si>
+  <si>
+    <t>LKBAUDCCAJPUUK</t>
+  </si>
+  <si>
+    <t>Audition Keyboard - PC</t>
+  </si>
+  <si>
+    <t>Adobe Audition PC Slim Line Keyboard</t>
+  </si>
+  <si>
+    <t>LKBLGTRCCA2MUK</t>
+  </si>
+  <si>
+    <t>Lightroom CC - Mac Backlit ASTRA2</t>
+  </si>
+  <si>
+    <t>Adobe Lightroom CC/6 Mac Backlit ASTRA2 Keyboard</t>
   </si>
   <si>
     <t>LKBLGTRCCA2PCUK</t>
   </si>
   <si>
-    <t>Logickeyboard</t>
-[...1 lines deleted...]
-  <si>
     <t>Lightroom CC | CS6 - PC Backlit ASTRA2</t>
   </si>
   <si>
     <t>Adobe Lightroom CC / CS6 PC Backlit ASTRA2 Keyboard </t>
   </si>
   <si>
     <t>Custom Made Keyboard</t>
   </si>
   <si>
     <t>Custom made personalized shortcut keyboards for both PC and Mac</t>
   </si>
   <si>
     <t>LKBVEGASBJPUUK</t>
   </si>
   <si>
     <t>Vegas Black Keyboard - PC</t>
   </si>
   <si>
     <t>Magix Vegas PC Slim Black Keyboard</t>
   </si>
   <si>
     <t>LKBC4DBA2PCUK</t>
   </si>
   <si>
     <t>Cinema 4D Studio Keyboard - PC Backlit ASTRA2</t>
   </si>
   <si>
     <t>Maxon Cinema 4D PC Backlit ASTRA2 Keyboard</t>
   </si>
   <si>
-    <t>LKBNEWSCBJPUUK</t>
-[...76 lines deleted...]
-  <si>
     <t>LKBMAYAA2MUK</t>
   </si>
   <si>
     <t>Maya - Mac ASTRA 2 Backlit Keyboard</t>
   </si>
   <si>
     <t>LKBFCPX10CWMUUK</t>
   </si>
   <si>
     <t>Final Cut Pro X - Mac Alba</t>
   </si>
   <si>
     <t>Apple Final Cut Pro X Mac Alba Keyboard</t>
   </si>
   <si>
     <t>Live Mac Keyboard Skin</t>
   </si>
   <si>
     <t>Ableton Live Mac Keyboard Skin</t>
   </si>
   <si>
     <t>OPTE8447</t>
   </si>
   <si>
     <t>OpTech</t>
   </si>
   <si>
     <t>Magnetic QD Connector</t>
   </si>
   <si>
     <t>Magnetically attaches lens caps or other small accessories to straps with 3/4" Quick Disconnects</t>
   </si>
   <si>
+    <t>Hahnel</t>
+  </si>
+  <si>
+    <t>DSLR Dual Power Pack</t>
+  </si>
+  <si>
+    <t>Professional Twin Charger For Fujifilm / Panasonic</t>
+  </si>
+  <si>
+    <t>PANAKUC4000GSJ</t>
+  </si>
+  <si>
     <t>Panasonic</t>
   </si>
   <si>
+    <t>AK-UC4000</t>
+  </si>
+  <si>
+    <t>4K Studio Camera</t>
+  </si>
+  <si>
+    <t>AK-HC3900</t>
+  </si>
+  <si>
+    <t>HD HDR Studio Camera (4K upgradeable)</t>
+  </si>
+  <si>
+    <t>AJ-PCD20EJ</t>
+  </si>
+  <si>
+    <t>5 Slot P2 Memory Card Drive USB</t>
+  </si>
+  <si>
+    <t>AJ-PX800</t>
+  </si>
+  <si>
+    <t>Ultra Light Weight 3MOS Shoulder-mount Camcorder - body only</t>
+  </si>
+  <si>
+    <t>AJ-P2E060FG</t>
+  </si>
+  <si>
+    <t>F Series 60Gb P2 Memory Card</t>
+  </si>
+  <si>
+    <t>AW-HN38HKEJ</t>
+  </si>
+  <si>
+    <t>NDI|HX PTZ camera (HDMI) with 22x zoom - Black</t>
+  </si>
+  <si>
+    <t>AK-HRP1000</t>
+  </si>
+  <si>
+    <t>Remote Operation Panel for AK-UC3000 / AK-UC4000 / AK-HC5000</t>
+  </si>
+  <si>
+    <t>AJ-PS001G</t>
+  </si>
+  <si>
+    <t>Proxy Re-Link Plug-In</t>
+  </si>
+  <si>
+    <t>PANAUVSHL2</t>
+  </si>
+  <si>
+    <t>AU-VSHL2</t>
+  </si>
+  <si>
+    <t>Shoulder Pad for VariCam LT</t>
+  </si>
+  <si>
+    <t>AU-XP0256BG</t>
+  </si>
+  <si>
+    <t>256GB P2 Express Card for Varicam</t>
+  </si>
+  <si>
+    <t>AW-UN70KEJ</t>
+  </si>
+  <si>
+    <t>4K PTZ Camera with NDI (Black)</t>
+  </si>
+  <si>
+    <t>PANKSTOH70WMPOE</t>
+  </si>
+  <si>
+    <t>KST-UE70/HE40</t>
+  </si>
+  <si>
+    <t>KST Outdoor Housing for AW-HE40/AW-UE70 CLEAR &amp; DBH06 /POE</t>
+  </si>
+  <si>
+    <t>AJ-PS004G</t>
+  </si>
+  <si>
+    <t>Software key AVC-LongG Import  for Avid Media Composer and Avid News Cutter</t>
+  </si>
+  <si>
+    <t>AJ-P2E030FG</t>
+  </si>
+  <si>
+    <t>F Series 30Gb P2 Memory Card</t>
+  </si>
+  <si>
+    <t>PANAWHR140EJ</t>
+  </si>
+  <si>
+    <t>AW-HR140</t>
+  </si>
+  <si>
+    <t>Full HD Rugged Outdoor PTZ Camera</t>
+  </si>
+  <si>
+    <t>AJ-P2M064AG</t>
+  </si>
+  <si>
+    <t>64GB MicroP2 Memory Card</t>
+  </si>
+  <si>
+    <t>PANAWUE160WEJ8</t>
+  </si>
+  <si>
+    <t>AW-UE160W</t>
+  </si>
+  <si>
+    <t>4K Integrated PTZ Camera - White</t>
+  </si>
+  <si>
+    <t>CGAD54SE</t>
+  </si>
+  <si>
+    <t>7.2V / 5400mAh Lithium-Ion Battery</t>
+  </si>
+  <si>
+    <t>PANAUV35LT1G</t>
+  </si>
+  <si>
+    <t>VariCam LT</t>
+  </si>
+  <si>
+    <t>Varicam LT 4K camera head</t>
+  </si>
+  <si>
+    <t>AK-UC3000 4K Studio Camera Chain</t>
+  </si>
+  <si>
+    <t>AK-UC3000 4K Studio Camera System</t>
+  </si>
+  <si>
+    <t>AW-HN40HKEJ</t>
+  </si>
+  <si>
+    <t>Full HD PTZ Camera with NDI (Black)</t>
+  </si>
+  <si>
+    <t>AJ-PX5100</t>
+  </si>
+  <si>
+    <t>HDR-ready ENG Memory Card Camera Recorder</t>
+  </si>
+  <si>
+    <t>AJ-PS003G</t>
+  </si>
+  <si>
+    <t>Software key AVC-LongG Export for Avid Media Composer and Avid News Cutter</t>
+  </si>
+  <si>
+    <t>PANAUVMPL1</t>
+  </si>
+  <si>
+    <t>AU-VMPL1</t>
+  </si>
+  <si>
+    <t>PL Mount for VariCam LT</t>
+  </si>
+  <si>
+    <t>AU-XPD3EJ</t>
+  </si>
+  <si>
+    <t>Thunderbolt 3 expressP2 card drive</t>
+  </si>
+  <si>
     <t>AK-HC3900 Studio Camera Chain</t>
   </si>
   <si>
     <t>Long distance Optical Fiber transmission studio camera system</t>
   </si>
   <si>
     <t>MTF</t>
   </si>
   <si>
     <t>43ADAPCFD</t>
   </si>
   <si>
     <t>Canon FD to Micro 4/3 Adaptor</t>
   </si>
   <si>
     <t>AU-XPD1E</t>
   </si>
   <si>
     <t>expressP2 Card drive for Varicam</t>
   </si>
   <si>
     <t>AK-HC5000 HD Studio Camera Chain</t>
   </si>
   <si>
     <t>AK-HC5000 HD Studio Camera System</t>
@@ -1127,230 +1307,50 @@
   <si>
     <t>PANAKHVF100GJ</t>
   </si>
   <si>
     <t>AK-HVF100</t>
   </si>
   <si>
     <t>LCD Colour Viewfinder for AK-UC3000 / AK-UC5000</t>
   </si>
   <si>
     <t>AJ-PS002G</t>
   </si>
   <si>
     <t>AVC-INTRA Export Plug-In</t>
   </si>
   <si>
     <t>PANAUVGRP1</t>
   </si>
   <si>
     <t>AU-VGRP1</t>
   </si>
   <si>
     <t>Grip Module for VariCam LT</t>
   </si>
   <si>
-    <t>Hahnel</t>
-[...178 lines deleted...]
-  <si>
     <t>PANAWUE150KEJ8</t>
   </si>
   <si>
     <t>AW-UE150K</t>
   </si>
   <si>
     <t>UHD/4K 59.94p Integrated PTZ Camera - Black</t>
   </si>
   <si>
     <t>PANDCGH7ME</t>
   </si>
   <si>
     <t>Panasonic LUMIX</t>
   </si>
   <si>
     <t>DC-GH7ME</t>
   </si>
   <si>
     <t>Micro Four-Thirds Mirrorless Camera - Body with Lumix 12-60mm F3.5-5.6 Lens</t>
   </si>
   <si>
     <t>PANS5M2XM</t>
   </si>
   <si>
     <t>DC-S5M2XM</t>
@@ -1412,738 +1412,738 @@
   <si>
     <t>SONSF32SXSPX</t>
   </si>
   <si>
     <t>Sonnet</t>
   </si>
   <si>
     <t>SF3 Series - SXS Pro Card Reader</t>
   </si>
   <si>
     <t>Professional Dual-Slot SxS Card Reader for Computers with Thunderbolt 3 Ports</t>
   </si>
   <si>
     <t>WISEPTS1024</t>
   </si>
   <si>
     <t>Wise Advanced</t>
   </si>
   <si>
     <t>PTS-1024</t>
   </si>
   <si>
     <t>Portable SSD - 1TB with USB 3.1 Type-C</t>
   </si>
   <si>
+    <t>WISESDN256</t>
+  </si>
+  <si>
+    <t>SD-N256</t>
+  </si>
+  <si>
+    <t>SDXC UHS-II Memory Card - 256GB - V90</t>
+  </si>
+  <si>
+    <t>WISECFX4B1024P3</t>
+  </si>
+  <si>
+    <t>CFX4-B1024PM3</t>
+  </si>
+  <si>
+    <t>1TB CFexpress 4.0 Type B PRO MkIII</t>
+  </si>
+  <si>
+    <t>WISEMSDS256</t>
+  </si>
+  <si>
+    <t>mSD-S256</t>
+  </si>
+  <si>
+    <t>microSDXC UHS-II V60 Memory Card - 256GB</t>
+  </si>
+  <si>
     <t>WISESDN512</t>
   </si>
   <si>
     <t>SD-N512</t>
   </si>
   <si>
     <t>SDXC UHS-II Memory Card - 512GB - V90</t>
   </si>
   <si>
-    <t>WISESDN256</t>
-[...23 lines deleted...]
-    <t>microSDXC UHS-II V60 Memory Card - 256GB</t>
+    <t>SAMYANG7244</t>
+  </si>
+  <si>
+    <t>XEEN</t>
+  </si>
+  <si>
+    <t>XEEN CF 50mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, standard cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7996</t>
+  </si>
+  <si>
+    <t>XEEN 135mm T2.2 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, telephoto cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7952</t>
+  </si>
+  <si>
+    <t>XEEN 20mm T1.9 FE</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7308BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 5 LENS KIT 16/24/35/50/85mm EF</t>
+  </si>
+  <si>
+    <t>5 x Compact professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7058</t>
+  </si>
+  <si>
+    <t>XEEN Meister 14mm T2.6 PL</t>
+  </si>
+  <si>
+    <t>Premium ultra wide-angle cine prime lens with T2.6 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7975</t>
+  </si>
+  <si>
+    <t>XEEN 14mm T3.1 MFT</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, ultra wide-angle cine lens - Micro Four Thirds Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7999BUN</t>
+  </si>
+  <si>
+    <t>XEEN 4 CINEMA LENS KIT 14/35/50/85mm EF</t>
+  </si>
+  <si>
+    <t>4 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7972</t>
+  </si>
+  <si>
+    <t>XEEN 14mm T3.1 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7067</t>
+  </si>
+  <si>
+    <t>XEEN Meister 50mm T1.3 PL</t>
+  </si>
+  <si>
+    <t>Premium standard-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7984</t>
+  </si>
+  <si>
+    <t>16mm T2.6 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7238</t>
+  </si>
+  <si>
+    <t>XEEN CF 24mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7957</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, standard cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7249</t>
+  </si>
+  <si>
+    <t>XEEN CF 85mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, telephoto cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7248</t>
+  </si>
+  <si>
+    <t>XEEN CF 85mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, telephoto cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7328</t>
+  </si>
+  <si>
+    <t>XEEN CF 135mm T2.2 FE</t>
+  </si>
+  <si>
+    <t>SAMYANG8001BUN</t>
+  </si>
+  <si>
+    <t>XEEN 5 CINEMA LENS KIT 14/24/35/50/85mm PL</t>
+  </si>
+  <si>
+    <t>5 x Professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7304BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 4 CINEMA LENS KIT 24/35/50/85mm PL</t>
+  </si>
+  <si>
+    <t>4x Professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7955</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, standard cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG6867</t>
+  </si>
+  <si>
+    <t>XEEN Anamorphic 50mm T2.3</t>
+  </si>
+  <si>
+    <t>Premium 2x Anamorphic prime lens for high-end digital cinematography, covering full-frame 36x24mm sensors, available in PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7315BUN</t>
+  </si>
+  <si>
+    <t>XEEN Meister 5 LENS KIT 14/24/35/50/85mm PL</t>
+  </si>
+  <si>
+    <t>5 x Premium CINE Prime Lens Kit - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7990</t>
+  </si>
+  <si>
+    <t>XEEN 35mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7070</t>
+  </si>
+  <si>
+    <t>XEEN Meister 85mm T1.3 PL</t>
+  </si>
+  <si>
+    <t>Premium short-telephoto cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7242</t>
+  </si>
+  <si>
+    <t>XEEN CF 35mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7988</t>
+  </si>
+  <si>
+    <t>XEEN 35mm T1.5 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7982</t>
+  </si>
+  <si>
+    <t>XEEN 16mm T2.6 FE</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7307BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 3 LENS KIT 24/50/85mm FE</t>
+  </si>
+  <si>
+    <t>3 x Compact professional, manual focus, full frame cine lenses and hard case - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7062</t>
+  </si>
+  <si>
+    <t>XEEN Meister 24mm T1.3 E</t>
+  </si>
+  <si>
+    <t>Premium wide-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7968</t>
+  </si>
+  <si>
+    <t>XEEN 85mm T1.5 MFT</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, telephoto cine lens - Micro Four Thirds Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7303BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 4 CINEMA LENS KIT 16/24/50/85mm EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7969</t>
+  </si>
+  <si>
+    <t>XEEN 85mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, telephoto cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7065</t>
+  </si>
+  <si>
+    <t>XEEN Meister 35mm T1.3 E</t>
+  </si>
+  <si>
+    <t>SAMYANG7953</t>
+  </si>
+  <si>
+    <t>20mm T1.9 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7236</t>
+  </si>
+  <si>
+    <t>XEEN CF 16mm T2.6 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, ultra wide-angle cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7947</t>
+  </si>
+  <si>
+    <t>XEEN 24mm T1.5 E</t>
+  </si>
+  <si>
+    <t>SAMYANG7246</t>
+  </si>
+  <si>
+    <t>XEEN CF 50mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, standard cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7247</t>
+  </si>
+  <si>
+    <t>XEEN CF 85mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, telephoto cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7326</t>
+  </si>
+  <si>
+    <t>XEEN CF 135mm T2.2 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG8000BUN</t>
+  </si>
+  <si>
+    <t>XEEN 5 CINEMA LENS KIT 14/24/35/50/85mm EF</t>
+  </si>
+  <si>
+    <t>5 x Professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7059</t>
+  </si>
+  <si>
+    <t>XEEN Meister 14mm T2.6 E</t>
+  </si>
+  <si>
+    <t>Premium ultra wide-angle cine prime lens with T2.6 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7949</t>
+  </si>
+  <si>
+    <t>XEEN 24mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>SAMYANG7997</t>
+  </si>
+  <si>
+    <t>XEEN 135mm T2.2 MFT</t>
+  </si>
+  <si>
+    <t>SAMYANG7992BUN</t>
+  </si>
+  <si>
+    <t>XEEN 2 CINEMA LENS KIT 14/85mm EF</t>
+  </si>
+  <si>
+    <t>2 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7986</t>
+  </si>
+  <si>
+    <t>XEEN 35mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7068</t>
+  </si>
+  <si>
+    <t>XEEN Meister 50mm T1.3 E</t>
+  </si>
+  <si>
+    <t>Premium standard-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7241</t>
+  </si>
+  <si>
+    <t>XEEN CF 35mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7974</t>
+  </si>
+  <si>
+    <t>XEEN 14mm T3.1 E</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7243</t>
+  </si>
+  <si>
+    <t>XEEN CF 35mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - Sony FE Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7306BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF CINEMA 3 LENS KIT 24/50/85mm PL</t>
+  </si>
+  <si>
+    <t>3 x Compact professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7060</t>
+  </si>
+  <si>
+    <t>XEEN Meister 24mm T1.3 EF</t>
+  </si>
+  <si>
+    <t>Premium wide-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7958</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 MFT</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, standard cine lens - Micro Four Thirds Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7312BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 6 CINEMA LENS KIT 16/24/35/50/85/135mm PL</t>
+  </si>
+  <si>
+    <t>6 x Professional, manual focus, full frame cine lenses and hard case</t>
+  </si>
+  <si>
+    <t>SAMYANG7965</t>
+  </si>
+  <si>
+    <t>XEEN 85mm T1.5 EF</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, telephoto cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7063</t>
+  </si>
+  <si>
+    <t>XEEN Meister 35mm T1.3 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7951</t>
+  </si>
+  <si>
+    <t>20mm T1.9 EF</t>
+  </si>
+  <si>
+    <t>SAMYANG7234</t>
+  </si>
+  <si>
+    <t>XEEN CF 16mm T2.6 EF</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, ultra wide-angle cine lens - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7071</t>
+  </si>
+  <si>
+    <t>XEEN Meister 85mm T1.3 E</t>
+  </si>
+  <si>
+    <t>Premium short-telephoto cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7245</t>
+  </si>
+  <si>
+    <t>XEEN CF 50mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, standard cine lens - PL Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7240</t>
+  </si>
+  <si>
+    <t>XEEN CF 24mm T1.5 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, wide-angle cine lens - Sony E Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7327</t>
+  </si>
+  <si>
+    <t>XEEN CF 135mm T2.2 EF</t>
   </si>
   <si>
     <t>SAMYANG7309BUN</t>
   </si>
   <si>
-    <t>XEEN</t>
-[...1 lines deleted...]
-  <si>
     <t>XEEN CF CINEMA 5 LENS KIT 16/24/35/50/85mm PL</t>
   </si>
   <si>
     <t>5 x Compact professional, manual focus, full frame cine lenses and hard case - PL Mount</t>
   </si>
   <si>
-    <t>SAMYANG7327</t>
-[...5 lines deleted...]
-    <t>Compact professional, manual focus, full frame, telephoto cine lens - Canon EF Mount</t>
+    <t>SAMYANG7057</t>
+  </si>
+  <si>
+    <t>XEEN Meister 14mm T2.6 EF</t>
+  </si>
+  <si>
+    <t>Premium ultra wide-angle cine prime lens with T2.6 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7945</t>
+  </si>
+  <si>
+    <t>XEEN 24mm T1.5 EF</t>
   </si>
   <si>
     <t>SAMYANG7989</t>
   </si>
   <si>
     <t>XEEN 35mm T1.5 MFT</t>
   </si>
   <si>
     <t>Professional, manual focus, wide-angle cine lens - Micro Four Thirds Mount</t>
   </si>
   <si>
-    <t>SAMYANG7057</t>
-[...14 lines deleted...]
-    <t>Professional, manual focus, full frame, wide-angle cine lens - Canon EF Mount</t>
+    <t>SAMYANG7993BUN</t>
+  </si>
+  <si>
+    <t>XEEN 3 CINEMA LENS KIT 14/85/135mm EF</t>
+  </si>
+  <si>
+    <t>3 x Professional, manual focus, full frame cine lenses and hard case</t>
   </si>
   <si>
     <t>SAMYANG7976</t>
   </si>
   <si>
     <t>XEEN 14mm T3.1 PL</t>
   </si>
   <si>
-    <t>Professional, manual focus, full frame, ultra wide-angle cine lens - PL Mount</t>
-[...1 lines deleted...]
-  <si>
     <t>SAMYANG7066</t>
   </si>
   <si>
     <t>XEEN Meister 50mm T1.3 EF</t>
   </si>
   <si>
     <t>Premium standard-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
   </si>
   <si>
-    <t>SAMYANG7993BUN</t>
-[...7 lines deleted...]
-  <si>
     <t>SAMYANG7998</t>
   </si>
   <si>
     <t>135mm T2.2 PL</t>
   </si>
   <si>
-    <t>Professional, manual focus, full frame, telephoto cine lens - PL Mount</t>
-[...1 lines deleted...]
-  <si>
     <t>SAMYANG7239</t>
   </si>
   <si>
     <t>XEEN CF 24mm T1.5 PL</t>
   </si>
   <si>
-    <t>Compact professional, manual focus, full frame, wide-angle cine lens - PL Mount</t>
-[...1 lines deleted...]
-  <si>
     <t>SAMYANG7967</t>
   </si>
   <si>
     <t>XEEN 85mm T1.5 E</t>
   </si>
   <si>
-    <t>Professional, manual focus, full frame, telephoto cine lens - Sony E Mount</t>
+    <t>SAMYANG7237</t>
+  </si>
+  <si>
+    <t>XEEN CF 16mm T2.6 FE</t>
+  </si>
+  <si>
+    <t>Compact professional, manual focus, full frame, ultra wide-angle cine lens - Sony FE Mount</t>
   </si>
   <si>
     <t>SAMYANG7305BUN</t>
   </si>
   <si>
     <t>XEEN CF CINEMA 3 LENS KIT 24/50/85mm EF</t>
   </si>
   <si>
     <t>3 x Compact professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
   </si>
   <si>
-    <t>SAMYANG7237</t>
-[...5 lines deleted...]
-    <t>Compact professional, manual focus, full frame, ultra wide-angle cine lens - Sony FE Mount</t>
+    <t>SAMYANG7061</t>
+  </si>
+  <si>
+    <t>XEEN Meister 24mm T1.3 PL</t>
+  </si>
+  <si>
+    <t>Premium wide-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
   </si>
   <si>
     <t>SAMYANG7948</t>
   </si>
   <si>
     <t>XEEN 24mm T1.5 MFT</t>
   </si>
   <si>
-    <t>SAMYANG7061</t>
-[...5 lines deleted...]
-    <t>Premium wide-angle cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - PL Mount</t>
+    <t>SAMYANG7311BUN</t>
+  </si>
+  <si>
+    <t>XEEN CF 5 CINEMA LENS KIT 16/24/50/85/135mm EF</t>
+  </si>
+  <si>
+    <t>5x Professional, manual focus, full frame cine lenses and hard case - Canon EF Mount</t>
+  </si>
+  <si>
+    <t>SAMYANG7959</t>
+  </si>
+  <si>
+    <t>XEEN 50mm T1.5 PL</t>
+  </si>
+  <si>
+    <t>Professional, manual focus, full frame, standard cine lens - PL Mount</t>
   </si>
   <si>
     <t>SAMYANG7064</t>
   </si>
   <si>
     <t>XEEN Meister 35mm T1.3 PL</t>
   </si>
   <si>
-    <t>SAMYANG7311BUN</t>
-[...14 lines deleted...]
-    <t>Professional, manual focus, full frame, standard cine lens - PL Mount</t>
+    <t>SAMYANG7991BUN</t>
+  </si>
+  <si>
+    <t>XEEN 5 CINEMA LENS KIT 14/35/50/85/135mm EF</t>
+  </si>
+  <si>
+    <t>5 x Professional, manual focus, full frame cine lenses and hard case</t>
   </si>
   <si>
     <t>SAMYANG7994</t>
   </si>
   <si>
     <t>XEEN 135mm T2.2 EF</t>
   </si>
   <si>
-    <t>Professional, manual focus, full frame, telephoto cine lens - Canon EF Mount</t>
-[...1 lines deleted...]
-  <si>
     <t>SAMYANG7069</t>
   </si>
   <si>
     <t>XEEN Meister 85mm T1.3 EF</t>
   </si>
   <si>
     <t>Premium short-telephoto cine prime lens with fast T1.3 aperture, full-frame coverage and outstanding resolution for 8K+ cinematography - EF Mount</t>
-  </si>
-[...475 lines deleted...]
-    <t>Compact professional, manual focus, full frame, wide-angle cine lens - Sony E Mount</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -2263,66 +2263,66 @@
       <c r="E4"/>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>29</v>
       </c>
@@ -2720,648 +2720,648 @@
       </c>
       <c r="B35" t="s">
         <v>102</v>
       </c>
       <c r="C35" t="s">
         <v>115</v>
       </c>
       <c r="D35" t="s">
         <v>116</v>
       </c>
       <c r="E35"/>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>117</v>
       </c>
       <c r="B36" t="s">
         <v>102</v>
       </c>
       <c r="C36" t="s">
         <v>118</v>
       </c>
       <c r="D36" t="s">
         <v>119</v>
       </c>
-      <c r="E36"/>
+      <c r="E36" s="4">
+        <v>7427038123168</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>120</v>
       </c>
       <c r="B37" t="s">
         <v>102</v>
       </c>
       <c r="C37" t="s">
         <v>121</v>
       </c>
       <c r="D37" t="s">
         <v>122</v>
       </c>
       <c r="E37"/>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>123</v>
       </c>
       <c r="B38" t="s">
         <v>102</v>
       </c>
       <c r="C38" t="s">
         <v>124</v>
       </c>
       <c r="D38" t="s">
         <v>125</v>
       </c>
       <c r="E38"/>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>126</v>
       </c>
       <c r="B39" t="s">
         <v>102</v>
       </c>
       <c r="C39" t="s">
+        <v>115</v>
+      </c>
+      <c r="D39" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" t="s">
+        <v>102</v>
+      </c>
+      <c r="C40" t="s">
         <v>129</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E40"/>
     </row>
     <row r="41">
       <c r="A41" t="s">
+        <v>131</v>
+      </c>
+      <c r="B41" t="s">
+        <v>102</v>
+      </c>
+      <c r="C41" t="s">
         <v>132</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E41"/>
     </row>
     <row r="42">
       <c r="A42" t="s">
+        <v>134</v>
+      </c>
+      <c r="B42" t="s">
+        <v>102</v>
+      </c>
+      <c r="C42" t="s">
         <v>135</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E42"/>
     </row>
     <row r="43">
       <c r="A43" t="s">
+        <v>137</v>
+      </c>
+      <c r="B43" t="s">
+        <v>102</v>
+      </c>
+      <c r="C43" t="s">
         <v>138</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" t="s">
+        <v>140</v>
+      </c>
+      <c r="B44" t="s">
+        <v>102</v>
+      </c>
+      <c r="C44" t="s">
         <v>141</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E44"/>
     </row>
     <row r="45">
       <c r="A45" t="s">
+        <v>143</v>
+      </c>
+      <c r="B45" t="s">
+        <v>102</v>
+      </c>
+      <c r="C45" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D45" t="s">
         <v>145</v>
       </c>
       <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>146</v>
       </c>
       <c r="B46" t="s">
         <v>102</v>
       </c>
       <c r="C46" t="s">
         <v>147</v>
       </c>
       <c r="D46" t="s">
         <v>148</v>
       </c>
       <c r="E46"/>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>149</v>
       </c>
       <c r="B47" t="s">
         <v>102</v>
       </c>
       <c r="C47" t="s">
+        <v>109</v>
+      </c>
+      <c r="D47" t="s">
         <v>150</v>
       </c>
-      <c r="D47" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E47"/>
     </row>
     <row r="48">
       <c r="A48" t="s">
+        <v>151</v>
+      </c>
+      <c r="B48" t="s">
+        <v>102</v>
+      </c>
+      <c r="C48" t="s">
         <v>152</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E48"/>
     </row>
     <row r="49">
       <c r="A49" t="s">
+        <v>154</v>
+      </c>
+      <c r="B49" t="s">
+        <v>102</v>
+      </c>
+      <c r="C49" t="s">
         <v>155</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>156</v>
+        <v>116</v>
       </c>
       <c r="E49"/>
     </row>
     <row r="50">
       <c r="A50" t="s">
+        <v>156</v>
+      </c>
+      <c r="B50" t="s">
+        <v>102</v>
+      </c>
+      <c r="C50" t="s">
+        <v>121</v>
+      </c>
+      <c r="D50" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E50"/>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" t="s">
-        <v>161</v>
+        <v>124</v>
       </c>
       <c r="D51" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E51"/>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B52" t="s">
         <v>102</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="D52" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E52"/>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B53" t="s">
         <v>102</v>
       </c>
       <c r="C53" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="D53" t="s">
-        <v>167</v>
+        <v>127</v>
       </c>
       <c r="E53"/>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B54" t="s">
         <v>102</v>
       </c>
       <c r="C54" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D54" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="E54"/>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B55" t="s">
         <v>102</v>
       </c>
       <c r="C55" t="s">
-        <v>172</v>
+        <v>132</v>
       </c>
       <c r="D55" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="E55"/>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B56" t="s">
         <v>102</v>
       </c>
       <c r="C56" t="s">
-        <v>175</v>
+        <v>135</v>
       </c>
       <c r="D56" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E56"/>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B57" t="s">
         <v>102</v>
       </c>
       <c r="C57" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="D57" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="E57"/>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B58" t="s">
         <v>102</v>
       </c>
       <c r="C58" t="s">
-        <v>142</v>
+        <v>174</v>
       </c>
       <c r="D58" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="E58"/>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B59" t="s">
         <v>102</v>
       </c>
       <c r="C59" t="s">
-        <v>106</v>
+        <v>141</v>
       </c>
       <c r="D59" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="E59"/>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B60" t="s">
         <v>102</v>
       </c>
       <c r="C60" t="s">
-        <v>184</v>
+        <v>144</v>
       </c>
       <c r="D60" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
       <c r="E60"/>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B61" t="s">
         <v>102</v>
       </c>
       <c r="C61" t="s">
-        <v>153</v>
+        <v>181</v>
       </c>
       <c r="D61" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E61"/>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B62" t="s">
         <v>102</v>
       </c>
       <c r="C62" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D62" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E62"/>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B63" t="s">
         <v>102</v>
       </c>
       <c r="C63" t="s">
-        <v>184</v>
+        <v>152</v>
       </c>
       <c r="D63" t="s">
-        <v>156</v>
+        <v>187</v>
       </c>
       <c r="E63"/>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B64" t="s">
         <v>102</v>
       </c>
       <c r="C64" t="s">
-        <v>192</v>
+        <v>138</v>
       </c>
       <c r="D64" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E64"/>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B65" t="s">
         <v>102</v>
       </c>
       <c r="C65" t="s">
         <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E65"/>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B66" t="s">
         <v>102</v>
       </c>
       <c r="C66" t="s">
-        <v>166</v>
+        <v>103</v>
       </c>
       <c r="D66" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E66"/>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B67" t="s">
         <v>102</v>
       </c>
       <c r="C67" t="s">
-        <v>106</v>
+        <v>195</v>
       </c>
       <c r="D67" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E67"/>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B68" t="s">
         <v>102</v>
       </c>
       <c r="C68" t="s">
-        <v>112</v>
+        <v>198</v>
       </c>
       <c r="D68" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E68"/>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B69" t="s">
         <v>102</v>
       </c>
       <c r="C69" t="s">
-        <v>169</v>
+        <v>121</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="E69"/>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B70" t="s">
         <v>102</v>
       </c>
       <c r="C70" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D70" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="E70"/>
     </row>
     <row r="71">
       <c r="A71" t="s">
+        <v>204</v>
+      </c>
+      <c r="B71" t="s">
+        <v>102</v>
+      </c>
+      <c r="C71" t="s">
+        <v>205</v>
+      </c>
+      <c r="D71" t="s">
         <v>206</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E71"/>
     </row>
     <row r="72">
       <c r="A72" t="s">
+        <v>207</v>
+      </c>
+      <c r="B72" t="s">
+        <v>102</v>
+      </c>
+      <c r="C72" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D72" t="s">
         <v>209</v>
       </c>
       <c r="E72"/>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>210</v>
       </c>
       <c r="B73" t="s">
         <v>102</v>
       </c>
       <c r="C73" t="s">
-        <v>127</v>
+        <v>181</v>
       </c>
       <c r="D73" t="s">
         <v>211</v>
       </c>
       <c r="E73"/>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>212</v>
       </c>
       <c r="B74" t="s">
         <v>102</v>
       </c>
       <c r="C74" t="s">
-        <v>130</v>
+        <v>184</v>
       </c>
       <c r="D74" t="s">
         <v>213</v>
       </c>
       <c r="E74"/>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>214</v>
       </c>
       <c r="B75" t="s">
         <v>102</v>
       </c>
       <c r="C75" t="s">
-        <v>188</v>
+        <v>152</v>
       </c>
       <c r="D75" t="s">
         <v>215</v>
       </c>
       <c r="E75"/>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>216</v>
       </c>
       <c r="B76" t="s">
         <v>102</v>
       </c>
       <c r="C76" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D76" t="s">
         <v>217</v>
       </c>
       <c r="E76"/>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>218</v>
       </c>
       <c r="B77" t="s">
         <v>102</v>
       </c>
       <c r="C77" t="s">
         <v>219</v>
       </c>
       <c r="D77" t="s">
         <v>220</v>
       </c>
       <c r="E77"/>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>221</v>
       </c>
@@ -3392,424 +3392,424 @@
       <c r="E79"/>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>227</v>
       </c>
       <c r="B80" t="s">
         <v>102</v>
       </c>
       <c r="C80" t="s">
         <v>228</v>
       </c>
       <c r="D80" t="s">
         <v>229</v>
       </c>
       <c r="E80"/>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>230</v>
       </c>
       <c r="B81" t="s">
         <v>102</v>
       </c>
       <c r="C81" t="s">
+        <v>228</v>
+      </c>
+      <c r="D81" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E81"/>
     </row>
     <row r="82">
       <c r="A82" t="s">
+        <v>232</v>
+      </c>
+      <c r="B82" t="s">
+        <v>102</v>
+      </c>
+      <c r="C82" t="s">
         <v>233</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>234</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82"/>
+    </row>
+    <row r="83">
+      <c r="A83"/>
+      <c r="B83" t="s">
+        <v>102</v>
+      </c>
+      <c r="C83" t="s">
         <v>235</v>
       </c>
-      <c r="E82"/>
-[...2 lines deleted...]
-      <c r="A83" t="s">
+      <c r="D83" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E83"/>
     </row>
     <row r="84">
       <c r="A84" t="s">
+        <v>237</v>
+      </c>
+      <c r="B84" t="s">
+        <v>102</v>
+      </c>
+      <c r="C84" t="s">
+        <v>238</v>
+      </c>
+      <c r="D84" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E84"/>
     </row>
     <row r="85">
       <c r="A85" t="s">
+        <v>240</v>
+      </c>
+      <c r="B85" t="s">
+        <v>102</v>
+      </c>
+      <c r="C85" t="s">
+        <v>241</v>
+      </c>
+      <c r="D85" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
       <c r="E85"/>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B86" t="s">
         <v>102</v>
       </c>
       <c r="C86" t="s">
         <v>222</v>
       </c>
       <c r="D86" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="E86"/>
     </row>
     <row r="87">
       <c r="A87" t="s">
+        <v>245</v>
+      </c>
+      <c r="B87" t="s">
+        <v>102</v>
+      </c>
+      <c r="C87" t="s">
+        <v>246</v>
+      </c>
+      <c r="D87" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E87"/>
     </row>
     <row r="88">
       <c r="A88" t="s">
+        <v>248</v>
+      </c>
+      <c r="B88" t="s">
+        <v>102</v>
+      </c>
+      <c r="C88" t="s">
         <v>249</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E88"/>
     </row>
     <row r="89">
       <c r="A89" t="s">
+        <v>251</v>
+      </c>
+      <c r="B89" t="s">
+        <v>102</v>
+      </c>
+      <c r="C89" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="D89" t="s">
         <v>253</v>
       </c>
       <c r="E89"/>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>254</v>
       </c>
       <c r="B90" t="s">
         <v>102</v>
       </c>
       <c r="C90" t="s">
         <v>255</v>
       </c>
       <c r="D90" t="s">
         <v>256</v>
       </c>
       <c r="E90"/>
     </row>
     <row r="91">
-      <c r="A91"/>
+      <c r="A91" t="s">
+        <v>257</v>
+      </c>
       <c r="B91" t="s">
         <v>102</v>
       </c>
       <c r="C91" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D91" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E91"/>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B92" t="s">
         <v>102</v>
       </c>
       <c r="C92" t="s">
-        <v>234</v>
+        <v>258</v>
       </c>
       <c r="D92" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E92"/>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B93" t="s">
         <v>102</v>
       </c>
       <c r="C93" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D93" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E93"/>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B94" t="s">
         <v>102</v>
       </c>
       <c r="C94" t="s">
         <v>222</v>
       </c>
       <c r="D94" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E94"/>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B95" t="s">
         <v>102</v>
       </c>
       <c r="C95" t="s">
-        <v>219</v>
+        <v>233</v>
       </c>
       <c r="D95" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E95"/>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B96" t="s">
         <v>102</v>
       </c>
       <c r="C96" t="s">
-        <v>231</v>
+        <v>270</v>
       </c>
       <c r="D96" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E96"/>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B97" t="s">
         <v>102</v>
       </c>
       <c r="C97" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D97" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E97"/>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B98" t="s">
         <v>102</v>
       </c>
       <c r="C98" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D98" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E98"/>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B99" t="s">
         <v>102</v>
       </c>
       <c r="C99" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="D99" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E99"/>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B100" t="s">
         <v>102</v>
       </c>
       <c r="C100" t="s">
-        <v>274</v>
+        <v>222</v>
       </c>
       <c r="D100" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="E100"/>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B101" t="s">
         <v>102</v>
       </c>
       <c r="C101" t="s">
-        <v>281</v>
+        <v>246</v>
       </c>
       <c r="D101" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E101"/>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B102" t="s">
         <v>102</v>
       </c>
       <c r="C102" t="s">
-        <v>255</v>
+        <v>225</v>
       </c>
       <c r="D102" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E102"/>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B103" t="s">
         <v>102</v>
       </c>
       <c r="C103" t="s">
-        <v>222</v>
+        <v>252</v>
       </c>
       <c r="D103" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E103"/>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B104" t="s">
         <v>102</v>
       </c>
       <c r="C104" t="s">
-        <v>288</v>
+        <v>255</v>
       </c>
       <c r="D104" t="s">
         <v>289</v>
       </c>
       <c r="E104"/>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>290</v>
       </c>
       <c r="B105" t="s">
         <v>102</v>
       </c>
       <c r="C105" t="s">
+        <v>238</v>
+      </c>
+      <c r="D105" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E105"/>
     </row>
     <row r="106">
       <c r="A106" t="s">
+        <v>292</v>
+      </c>
+      <c r="B106" t="s">
+        <v>102</v>
+      </c>
+      <c r="C106" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D106" t="s">
         <v>294</v>
       </c>
       <c r="E106"/>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>295</v>
       </c>
       <c r="B107" t="s">
         <v>102</v>
       </c>
       <c r="C107" t="s">
         <v>296</v>
       </c>
       <c r="D107" t="s">
         <v>297</v>
       </c>
       <c r="E107"/>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>298</v>
       </c>
@@ -3828,56 +3828,58 @@
       <c r="A109" t="s">
         <v>301</v>
       </c>
       <c r="B109" t="s">
         <v>102</v>
       </c>
       <c r="C109" t="s">
         <v>299</v>
       </c>
       <c r="D109" t="s">
         <v>302</v>
       </c>
       <c r="E109"/>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>303</v>
       </c>
       <c r="B110" t="s">
         <v>304</v>
       </c>
       <c r="C110" t="s">
         <v>305</v>
       </c>
       <c r="D110" t="s">
+        <v>305</v>
+      </c>
+      <c r="E110"/>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
         <v>306</v>
       </c>
-      <c r="E110"/>
-[...2 lines deleted...]
-      <c r="A111"/>
       <c r="B111" t="s">
         <v>304</v>
       </c>
       <c r="C111" t="s">
         <v>307</v>
       </c>
       <c r="D111" t="s">
         <v>308</v>
       </c>
       <c r="E111"/>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>309</v>
       </c>
       <c r="B112" t="s">
         <v>304</v>
       </c>
       <c r="C112" t="s">
         <v>310</v>
       </c>
       <c r="D112" t="s">
         <v>311</v>
       </c>
       <c r="E112"/>
@@ -3886,133 +3888,131 @@
       <c r="A113" t="s">
         <v>312</v>
       </c>
       <c r="B113" t="s">
         <v>304</v>
       </c>
       <c r="C113" t="s">
         <v>313</v>
       </c>
       <c r="D113" t="s">
         <v>314</v>
       </c>
       <c r="E113"/>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>315</v>
       </c>
       <c r="B114" t="s">
         <v>304</v>
       </c>
       <c r="C114" t="s">
         <v>316</v>
       </c>
       <c r="D114" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E114"/>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B115" t="s">
         <v>304</v>
       </c>
       <c r="C115" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D115" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E115"/>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B116" t="s">
         <v>304</v>
       </c>
       <c r="C116" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D116" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E116"/>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B117" t="s">
         <v>304</v>
       </c>
       <c r="C117" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D117" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E117"/>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B118" t="s">
         <v>304</v>
       </c>
       <c r="C118" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D118" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E118"/>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B119" t="s">
         <v>304</v>
       </c>
       <c r="C119" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D119" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E119"/>
     </row>
     <row r="120">
-      <c r="A120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A120"/>
       <c r="B120" t="s">
         <v>304</v>
       </c>
       <c r="C120" t="s">
         <v>333</v>
       </c>
       <c r="D120" t="s">
         <v>334</v>
       </c>
       <c r="E120"/>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>335</v>
       </c>
       <c r="B121" t="s">
         <v>304</v>
       </c>
       <c r="C121" t="s">
         <v>336</v>
       </c>
       <c r="D121" t="s">
         <v>337</v>
       </c>
       <c r="E121"/>
@@ -4082,502 +4082,502 @@
       <c r="B126" t="s">
         <v>349</v>
       </c>
       <c r="C126" t="s">
         <v>350</v>
       </c>
       <c r="D126" t="s">
         <v>351</v>
       </c>
       <c r="E126"/>
     </row>
     <row r="127">
       <c r="A127"/>
       <c r="B127" t="s">
         <v>352</v>
       </c>
       <c r="C127" t="s">
         <v>353</v>
       </c>
       <c r="D127" t="s">
         <v>354</v>
       </c>
       <c r="E127"/>
     </row>
     <row r="128">
-      <c r="A128"/>
+      <c r="A128" t="s">
+        <v>355</v>
+      </c>
       <c r="B128" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C128" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D128" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E128"/>
     </row>
     <row r="129">
       <c r="A129"/>
       <c r="B129" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C129" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D129" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E129"/>
     </row>
     <row r="130">
       <c r="A130"/>
       <c r="B130" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C130" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D130" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E130"/>
     </row>
     <row r="131">
       <c r="A131"/>
       <c r="B131" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C131" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D131" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E131"/>
     </row>
     <row r="132">
-      <c r="A132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A132"/>
       <c r="B132" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C132" t="s">
         <v>365</v>
       </c>
       <c r="D132" t="s">
         <v>366</v>
       </c>
       <c r="E132"/>
     </row>
     <row r="133">
       <c r="A133"/>
       <c r="B133" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C133" t="s">
         <v>367</v>
       </c>
       <c r="D133" t="s">
         <v>368</v>
       </c>
       <c r="E133"/>
     </row>
     <row r="134">
-      <c r="A134" t="s">
+      <c r="A134"/>
+      <c r="B134" t="s">
+        <v>356</v>
+      </c>
+      <c r="C134" t="s">
         <v>369</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E134"/>
     </row>
     <row r="135">
       <c r="A135"/>
       <c r="B135" t="s">
+        <v>356</v>
+      </c>
+      <c r="C135" t="s">
+        <v>371</v>
+      </c>
+      <c r="D135" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E135"/>
     </row>
     <row r="136">
       <c r="A136" t="s">
+        <v>373</v>
+      </c>
+      <c r="B136" t="s">
+        <v>356</v>
+      </c>
+      <c r="C136" t="s">
+        <v>374</v>
+      </c>
+      <c r="D136" t="s">
         <v>375</v>
-      </c>
-[...7 lines deleted...]
-        <v>377</v>
       </c>
       <c r="E136"/>
     </row>
     <row r="137">
       <c r="A137"/>
       <c r="B137" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C137" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D137" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="E137"/>
     </row>
     <row r="138">
       <c r="A138"/>
       <c r="B138" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C138" t="s">
+        <v>378</v>
+      </c>
+      <c r="D138" t="s">
+        <v>379</v>
+      </c>
+      <c r="E138"/>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
         <v>380</v>
       </c>
-      <c r="D138" t="s">
+      <c r="B139" t="s">
+        <v>356</v>
+      </c>
+      <c r="C139" t="s">
         <v>381</v>
       </c>
-      <c r="E138"/>
-[...6 lines deleted...]
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="E139"/>
     </row>
     <row r="140">
       <c r="A140"/>
       <c r="B140" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C140" t="s">
+        <v>383</v>
+      </c>
+      <c r="D140" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E140"/>
     </row>
     <row r="141">
       <c r="A141"/>
       <c r="B141" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C141" t="s">
+        <v>385</v>
+      </c>
+      <c r="D141" t="s">
         <v>386</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141"/>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
         <v>387</v>
       </c>
-      <c r="E141"/>
-[...2 lines deleted...]
-      <c r="A142"/>
       <c r="B142" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C142" t="s">
         <v>388</v>
       </c>
       <c r="D142" t="s">
         <v>389</v>
       </c>
       <c r="E142"/>
     </row>
     <row r="143">
       <c r="A143"/>
       <c r="B143" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C143" t="s">
         <v>390</v>
       </c>
       <c r="D143" t="s">
         <v>391</v>
       </c>
       <c r="E143"/>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>392</v>
       </c>
       <c r="B144" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C144" t="s">
         <v>393</v>
       </c>
       <c r="D144" t="s">
         <v>394</v>
       </c>
       <c r="E144"/>
     </row>
     <row r="145">
       <c r="A145"/>
       <c r="B145" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C145" t="s">
         <v>395</v>
       </c>
       <c r="D145" t="s">
         <v>396</v>
       </c>
       <c r="E145"/>
     </row>
     <row r="146">
-      <c r="A146"/>
+      <c r="A146" t="s">
+        <v>397</v>
+      </c>
       <c r="B146" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C146" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D146" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E146"/>
     </row>
     <row r="147">
-      <c r="A147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A147"/>
       <c r="B147" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C147" t="s">
         <v>400</v>
       </c>
       <c r="D147" t="s">
         <v>401</v>
       </c>
       <c r="E147"/>
     </row>
     <row r="148">
       <c r="A148"/>
       <c r="B148" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C148" t="s">
         <v>402</v>
       </c>
       <c r="D148" t="s">
         <v>403</v>
       </c>
       <c r="E148"/>
     </row>
     <row r="149">
       <c r="A149"/>
       <c r="B149" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C149" t="s">
         <v>404</v>
       </c>
       <c r="D149" t="s">
         <v>405</v>
       </c>
       <c r="E149"/>
     </row>
     <row r="150">
-      <c r="A150" t="s">
+      <c r="A150"/>
+      <c r="B150" t="s">
+        <v>356</v>
+      </c>
+      <c r="C150" t="s">
         <v>406</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>407</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150"/>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
         <v>408</v>
       </c>
-      <c r="E150"/>
-[...2 lines deleted...]
-      <c r="A151"/>
       <c r="B151" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C151" t="s">
         <v>409</v>
       </c>
       <c r="D151" t="s">
         <v>410</v>
       </c>
       <c r="E151"/>
     </row>
     <row r="152">
-      <c r="A152" t="s">
+      <c r="A152"/>
+      <c r="B152" t="s">
+        <v>356</v>
+      </c>
+      <c r="C152" t="s">
         <v>411</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="D152" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="E152"/>
     </row>
     <row r="153">
       <c r="A153"/>
       <c r="B153" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C153" t="s">
+        <v>413</v>
+      </c>
+      <c r="D153" t="s">
         <v>414</v>
       </c>
-      <c r="D153" t="s">
+      <c r="E153"/>
+    </row>
+    <row r="154">
+      <c r="A154"/>
+      <c r="B154" t="s">
         <v>415</v>
       </c>
-      <c r="E153"/>
-[...2 lines deleted...]
-      <c r="A154" t="s">
+      <c r="C154" t="s">
         <v>416</v>
       </c>
-      <c r="B154" t="s">
-[...2 lines deleted...]
-      <c r="C154" t="s">
+      <c r="D154" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E154"/>
     </row>
     <row r="155">
       <c r="A155"/>
       <c r="B155" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C155" t="s">
+        <v>418</v>
+      </c>
+      <c r="D155" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="E155"/>
     </row>
     <row r="156">
       <c r="A156"/>
       <c r="B156" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C156" t="s">
+        <v>420</v>
+      </c>
+      <c r="D156" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E156"/>
     </row>
     <row r="157">
       <c r="A157"/>
       <c r="B157" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C157" t="s">
+        <v>422</v>
+      </c>
+      <c r="D157" t="s">
         <v>423</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157"/>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
         <v>424</v>
       </c>
-      <c r="E157"/>
-[...2 lines deleted...]
-      <c r="A158"/>
       <c r="B158" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C158" t="s">
         <v>425</v>
       </c>
       <c r="D158" t="s">
         <v>426</v>
       </c>
       <c r="E158"/>
     </row>
     <row r="159">
-      <c r="A159" t="s">
+      <c r="A159"/>
+      <c r="B159" t="s">
+        <v>356</v>
+      </c>
+      <c r="C159" t="s">
         <v>427</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>428</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159"/>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
         <v>429</v>
       </c>
-      <c r="E159"/>
-[...2 lines deleted...]
-      <c r="A160"/>
       <c r="B160" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C160" t="s">
         <v>430</v>
       </c>
       <c r="D160" t="s">
         <v>431</v>
       </c>
       <c r="E160"/>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>432</v>
       </c>
       <c r="B161" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C161" t="s">
         <v>433</v>
       </c>
       <c r="D161" t="s">
         <v>434</v>
       </c>
       <c r="E161"/>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>435</v>
       </c>
       <c r="B162" t="s">
         <v>436</v>
       </c>
       <c r="C162" t="s">
         <v>437</v>
       </c>
       <c r="D162" t="s">
         <v>438</v>
       </c>
       <c r="E162"/>
     </row>
     <row r="163">
@@ -4590,75 +4590,75 @@
       <c r="C163" t="s">
         <v>440</v>
       </c>
       <c r="D163" t="s">
         <v>441</v>
       </c>
       <c r="E163"/>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>442</v>
       </c>
       <c r="B164" t="s">
         <v>436</v>
       </c>
       <c r="C164" t="s">
         <v>443</v>
       </c>
       <c r="D164" t="s">
         <v>444</v>
       </c>
       <c r="E164"/>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B165" t="s">
         <v>436</v>
       </c>
       <c r="C165" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="D165" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="E165"/>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B166" t="s">
         <v>436</v>
       </c>
       <c r="C166" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D166" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="E166"/>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>448</v>
       </c>
       <c r="B167" t="s">
         <v>449</v>
       </c>
       <c r="C167" t="s">
         <v>450</v>
       </c>
       <c r="D167" t="s">
         <v>451</v>
       </c>
       <c r="E167"/>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>452</v>
       </c>
       <c r="B168" t="s">
         <v>449</v>
       </c>
@@ -4961,1011 +4961,1011 @@
       <c r="A188" t="s">
         <v>516</v>
       </c>
       <c r="B188" t="s">
         <v>480</v>
       </c>
       <c r="C188" t="s">
         <v>517</v>
       </c>
       <c r="D188" t="s">
         <v>518</v>
       </c>
       <c r="E188"/>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>519</v>
       </c>
       <c r="B189" t="s">
         <v>480</v>
       </c>
       <c r="C189" t="s">
         <v>520</v>
       </c>
       <c r="D189" t="s">
-        <v>488</v>
+        <v>521</v>
       </c>
       <c r="E189"/>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B190" t="s">
         <v>480</v>
       </c>
       <c r="C190" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D190" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="E190"/>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>524</v>
       </c>
       <c r="B191" t="s">
         <v>480</v>
       </c>
       <c r="C191" t="s">
         <v>525</v>
       </c>
       <c r="D191" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="E191"/>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B192" t="s">
         <v>480</v>
       </c>
       <c r="C192" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D192" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E192"/>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B193" t="s">
         <v>480</v>
       </c>
       <c r="C193" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D193" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E193"/>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B194" t="s">
         <v>480</v>
       </c>
       <c r="C194" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D194" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="E194"/>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B195" t="s">
         <v>480</v>
       </c>
       <c r="C195" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D195" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E195"/>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B196" t="s">
         <v>480</v>
       </c>
       <c r="C196" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D196" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E196"/>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B197" t="s">
         <v>480</v>
       </c>
       <c r="C197" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D197" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E197"/>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B198" t="s">
         <v>480</v>
       </c>
       <c r="C198" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D198" t="s">
-        <v>512</v>
+        <v>547</v>
       </c>
       <c r="E198"/>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B199" t="s">
         <v>480</v>
       </c>
       <c r="C199" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D199" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E199"/>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B200" t="s">
         <v>480</v>
       </c>
       <c r="C200" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D200" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E200"/>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B201" t="s">
         <v>480</v>
       </c>
       <c r="C201" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D201" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E201"/>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B202" t="s">
         <v>480</v>
       </c>
       <c r="C202" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D202" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E202"/>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B203" t="s">
         <v>480</v>
       </c>
       <c r="C203" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D203" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="E203"/>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B204" t="s">
         <v>480</v>
       </c>
       <c r="C204" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D204" t="s">
-        <v>563</v>
+        <v>500</v>
       </c>
       <c r="E204"/>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B205" t="s">
         <v>480</v>
       </c>
       <c r="C205" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D205" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E205"/>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B206" t="s">
         <v>480</v>
       </c>
       <c r="C206" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D206" t="s">
-        <v>497</v>
+        <v>559</v>
       </c>
       <c r="E206"/>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B207" t="s">
         <v>480</v>
       </c>
       <c r="C207" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D207" t="s">
-        <v>571</v>
+        <v>541</v>
       </c>
       <c r="E207"/>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>572</v>
       </c>
       <c r="B208" t="s">
         <v>480</v>
       </c>
       <c r="C208" t="s">
         <v>573</v>
       </c>
       <c r="D208" t="s">
         <v>574</v>
       </c>
       <c r="E208"/>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>575</v>
       </c>
       <c r="B209" t="s">
         <v>480</v>
       </c>
       <c r="C209" t="s">
         <v>576</v>
       </c>
       <c r="D209" t="s">
-        <v>577</v>
+        <v>550</v>
       </c>
       <c r="E209"/>
     </row>
     <row r="210">
       <c r="A210" t="s">
+        <v>577</v>
+      </c>
+      <c r="B210" t="s">
+        <v>480</v>
+      </c>
+      <c r="C210" t="s">
         <v>578</v>
       </c>
-      <c r="B210" t="s">
-[...2 lines deleted...]
-      <c r="C210" t="s">
+      <c r="D210" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="E210"/>
     </row>
     <row r="211">
       <c r="A211" t="s">
+        <v>580</v>
+      </c>
+      <c r="B211" t="s">
+        <v>480</v>
+      </c>
+      <c r="C211" t="s">
         <v>581</v>
       </c>
-      <c r="B211" t="s">
-[...2 lines deleted...]
-      <c r="C211" t="s">
+      <c r="D211" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
       <c r="E211"/>
     </row>
     <row r="212">
       <c r="A212" t="s">
+        <v>583</v>
+      </c>
+      <c r="B212" t="s">
+        <v>480</v>
+      </c>
+      <c r="C212" t="s">
         <v>584</v>
       </c>
-      <c r="B212" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D212" t="s">
-        <v>580</v>
+        <v>521</v>
       </c>
       <c r="E212"/>
     </row>
     <row r="213">
       <c r="A213" t="s">
+        <v>585</v>
+      </c>
+      <c r="B213" t="s">
+        <v>480</v>
+      </c>
+      <c r="C213" t="s">
         <v>586</v>
       </c>
-      <c r="B213" t="s">
-[...2 lines deleted...]
-      <c r="C213" t="s">
+      <c r="D213" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="E213"/>
     </row>
     <row r="214">
       <c r="A214" t="s">
+        <v>588</v>
+      </c>
+      <c r="B214" t="s">
+        <v>480</v>
+      </c>
+      <c r="C214" t="s">
         <v>589</v>
       </c>
-      <c r="B214" t="s">
-[...2 lines deleted...]
-      <c r="C214" t="s">
+      <c r="D214" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="E214"/>
     </row>
     <row r="215">
       <c r="A215" t="s">
+        <v>591</v>
+      </c>
+      <c r="B215" t="s">
+        <v>480</v>
+      </c>
+      <c r="C215" t="s">
         <v>592</v>
       </c>
-      <c r="B215" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D215" t="s">
-        <v>594</v>
+        <v>541</v>
       </c>
       <c r="E215"/>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B216" t="s">
         <v>480</v>
       </c>
       <c r="C216" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="D216" t="s">
-        <v>597</v>
+        <v>562</v>
       </c>
       <c r="E216"/>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B217" t="s">
         <v>480</v>
       </c>
       <c r="C217" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="D217" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="E217"/>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="B218" t="s">
         <v>480</v>
       </c>
       <c r="C218" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="D218" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="E218"/>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="B219" t="s">
         <v>480</v>
       </c>
       <c r="C219" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="D219" t="s">
-        <v>509</v>
+        <v>603</v>
       </c>
       <c r="E219"/>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="B220" t="s">
         <v>480</v>
       </c>
       <c r="C220" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="D220" t="s">
-        <v>608</v>
+        <v>512</v>
       </c>
       <c r="E220"/>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="B221" t="s">
         <v>480</v>
       </c>
       <c r="C221" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="D221" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="E221"/>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="B222" t="s">
         <v>480</v>
       </c>
       <c r="C222" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D222" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="E222"/>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="B223" t="s">
         <v>480</v>
       </c>
       <c r="C223" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="D223" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="E223"/>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B224" t="s">
         <v>480</v>
       </c>
       <c r="C224" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D224" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="E224"/>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="B225" t="s">
         <v>480</v>
       </c>
       <c r="C225" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="D225" t="s">
         <v>620</v>
       </c>
       <c r="E225"/>
     </row>
     <row r="226">
       <c r="A226" t="s">
+        <v>621</v>
+      </c>
+      <c r="B226" t="s">
+        <v>480</v>
+      </c>
+      <c r="C226" t="s">
+        <v>622</v>
+      </c>
+      <c r="D226" t="s">
         <v>623</v>
-      </c>
-[...7 lines deleted...]
-        <v>566</v>
       </c>
       <c r="E226"/>
     </row>
     <row r="227">
       <c r="A227" t="s">
+        <v>624</v>
+      </c>
+      <c r="B227" t="s">
+        <v>480</v>
+      </c>
+      <c r="C227" t="s">
         <v>625</v>
       </c>
-      <c r="B227" t="s">
-[...2 lines deleted...]
-      <c r="C227" t="s">
+      <c r="D227" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="E227"/>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>627</v>
       </c>
       <c r="B228" t="s">
         <v>480</v>
       </c>
       <c r="C228" t="s">
         <v>628</v>
       </c>
       <c r="D228" t="s">
-        <v>597</v>
+        <v>617</v>
       </c>
       <c r="E228"/>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>629</v>
       </c>
       <c r="B229" t="s">
         <v>480</v>
       </c>
       <c r="C229" t="s">
         <v>630</v>
       </c>
       <c r="D229" t="s">
-        <v>631</v>
+        <v>600</v>
       </c>
       <c r="E229"/>
     </row>
     <row r="230">
       <c r="A230" t="s">
+        <v>631</v>
+      </c>
+      <c r="B230" t="s">
+        <v>480</v>
+      </c>
+      <c r="C230" t="s">
         <v>632</v>
       </c>
-      <c r="B230" t="s">
-[...2 lines deleted...]
-      <c r="C230" t="s">
+      <c r="D230" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="E230"/>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>634</v>
       </c>
       <c r="B231" t="s">
         <v>480</v>
       </c>
       <c r="C231" t="s">
         <v>635</v>
       </c>
       <c r="D231" t="s">
-        <v>485</v>
+        <v>636</v>
       </c>
       <c r="E231"/>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B232" t="s">
         <v>480</v>
       </c>
       <c r="C232" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D232" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E232"/>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B233" t="s">
         <v>480</v>
       </c>
       <c r="C233" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D233" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E233"/>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B234" t="s">
         <v>480</v>
       </c>
       <c r="C234" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D234" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="E234"/>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B235" t="s">
         <v>480</v>
       </c>
       <c r="C235" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D235" t="s">
-        <v>617</v>
+        <v>647</v>
       </c>
       <c r="E235"/>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="B236" t="s">
         <v>480</v>
       </c>
       <c r="C236" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D236" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="E236"/>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B237" t="s">
         <v>480</v>
       </c>
       <c r="C237" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D237" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="E237"/>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="B238" t="s">
         <v>480</v>
       </c>
       <c r="C238" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D238" t="s">
-        <v>494</v>
+        <v>655</v>
       </c>
       <c r="E238"/>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B239" t="s">
         <v>480</v>
       </c>
       <c r="C239" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="D239" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="E239"/>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B240" t="s">
         <v>480</v>
       </c>
       <c r="C240" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="D240" t="s">
-        <v>658</v>
+        <v>509</v>
       </c>
       <c r="E240"/>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B241" t="s">
         <v>480</v>
       </c>
       <c r="C241" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="D241" t="s">
-        <v>571</v>
+        <v>663</v>
       </c>
       <c r="E241"/>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B242" t="s">
         <v>480</v>
       </c>
       <c r="C242" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D242" t="s">
-        <v>663</v>
+        <v>567</v>
       </c>
       <c r="E242"/>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B243" t="s">
         <v>480</v>
       </c>
       <c r="C243" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D243" t="s">
-        <v>666</v>
+        <v>547</v>
       </c>
       <c r="E243"/>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B244" t="s">
         <v>480</v>
       </c>
       <c r="C244" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D244" t="s">
-        <v>669</v>
+        <v>485</v>
       </c>
       <c r="E244"/>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>670</v>
       </c>
       <c r="B245" t="s">
         <v>480</v>
       </c>
       <c r="C245" t="s">
         <v>671</v>
       </c>
       <c r="D245" t="s">
         <v>672</v>
       </c>
       <c r="E245"/>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>673</v>
       </c>
       <c r="B246" t="s">
         <v>480</v>
       </c>
       <c r="C246" t="s">
         <v>674</v>
       </c>
       <c r="D246" t="s">
         <v>675</v>
       </c>
       <c r="E246"/>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>676</v>
       </c>
       <c r="B247" t="s">
         <v>480</v>
       </c>
       <c r="C247" t="s">
         <v>677</v>
       </c>
       <c r="D247" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="E247"/>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B248" t="s">
         <v>480</v>
       </c>
       <c r="C248" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D248" t="s">
-        <v>680</v>
+        <v>655</v>
       </c>
       <c r="E248"/>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>681</v>
       </c>
       <c r="B249" t="s">
         <v>480</v>
       </c>
       <c r="C249" t="s">
         <v>682</v>
       </c>
       <c r="D249" t="s">
-        <v>534</v>
+        <v>683</v>
       </c>
       <c r="E249"/>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B250" t="s">
         <v>480</v>
       </c>
       <c r="C250" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D250" t="s">
-        <v>494</v>
+        <v>686</v>
       </c>
       <c r="E250"/>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B251" t="s">
         <v>480</v>
       </c>
       <c r="C251" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D251" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="E251"/>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B252" t="s">
         <v>480</v>
       </c>
       <c r="C252" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D252" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E252"/>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B253" t="s">
         <v>480</v>
       </c>
       <c r="C253" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D253" t="s">
-        <v>693</v>
+        <v>626</v>
       </c>
       <c r="E253"/>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>694</v>
       </c>
       <c r="B254" t="s">
         <v>480</v>
       </c>
       <c r="C254" t="s">
         <v>695</v>
       </c>
       <c r="D254" t="s">
         <v>696</v>
       </c>
       <c r="E254"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">